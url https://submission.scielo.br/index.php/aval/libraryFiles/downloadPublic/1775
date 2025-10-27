--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -247,155 +247,194 @@
       </w:r>
       <w:r w:rsidR="00D36C3E">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">                     </w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="00462005">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>[Título da seção]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F0D253D" w14:textId="15632B34" w:rsidR="00615546" w:rsidRPr="00EF2CE0" w:rsidRDefault="00615546" w:rsidP="00D00030">
+    <w:p w14:paraId="3F0D253D" w14:textId="33F4B1B7" w:rsidR="00615546" w:rsidRPr="00EF2CE0" w:rsidRDefault="00615546" w:rsidP="00D00030">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="480" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF2CE0">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">DOI: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
-[...19 lines deleted...]
-      </w:hyperlink>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00115680">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00115680">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00115680" w:rsidRPr="00115680">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText>http://dx.doi.org/10.1590/1982-57652025v30id</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00115680" w:rsidRPr="00115680">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:instrText>0000</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00115680">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve">" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00115680">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00115680" w:rsidRPr="00F13E4D">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>http://dx.doi.org/10.1590/1982-57652025v30id</w:t>
+      </w:r>
+      <w:r w:rsidR="00115680" w:rsidRPr="00F13E4D">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidR="00115680">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidRPr="00EF2CE0">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="765A6AA6" w14:textId="413C17C7" w:rsidR="00615546" w:rsidRPr="003312AD" w:rsidRDefault="00EF2CE0" w:rsidP="00D36C3E">
       <w:pPr>
         <w:pStyle w:val="TITULO"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF2CE0">
         <w:rPr>
           <w:rStyle w:val="TITULOChar"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>TÍTULO</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2CE0">
         <w:t xml:space="preserve">: SUBTÍTULO (SE HOUVER) </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE38CA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">(letra maiúscula, </w:t>
       </w:r>
       <w:r w:rsidR="00CE38CA" w:rsidRPr="00CE38CA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">fonte </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> ui 12, negrito, centralizado, espaç</w:t>
+        <w:t>fonte segoe ui 12, negrito, centralizado, espaç</w:t>
       </w:r>
       <w:r w:rsidR="00194642">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>amento</w:t>
       </w:r>
       <w:r w:rsidR="00CE38CA" w:rsidRPr="00CE38CA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18 depois</w:t>
       </w:r>
       <w:r w:rsidR="00CE38CA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>. U</w:t>
       </w:r>
@@ -605,136 +644,136 @@
       </w:r>
       <w:r w:rsidR="00431BA0" w:rsidRPr="0067386B">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NÃO IDENTIFICAR AUTORIA</w:t>
       </w:r>
       <w:r w:rsidR="00431BA0">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AD9D66A" w14:textId="77777777" w:rsidR="00534D79" w:rsidRDefault="00534D79" w:rsidP="00534D79">
       <w:pPr>
         <w:pStyle w:val="AUTOR"/>
         <w:spacing w:afterLines="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Orcid: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="000B264D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0000-0000</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B416C26" w14:textId="3484FD08" w:rsidR="00534D79" w:rsidRDefault="00534D79" w:rsidP="00534D79">
       <w:pPr>
         <w:pStyle w:val="AUTOR"/>
         <w:spacing w:afterLines="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="000B264D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>email@email.com.br</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7738B409" w14:textId="71D80113" w:rsidR="00F8122C" w:rsidRPr="00534D79" w:rsidRDefault="00F8122C" w:rsidP="00534D79">
       <w:pPr>
         <w:pStyle w:val="AUTOR"/>
         <w:spacing w:beforeLines="100" w:before="240" w:afterLines="0" w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534D79">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Autor</w:t>
       </w:r>
       <w:r w:rsidR="00623A02" w:rsidRPr="00534D79">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:b/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="00534D79">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6404A323" w14:textId="77777777" w:rsidR="00534D79" w:rsidRDefault="00534D79" w:rsidP="00534D79">
       <w:pPr>
         <w:pStyle w:val="AUTOR"/>
         <w:spacing w:afterLines="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Orcid: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="000B264D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0000-0000</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20F35C5E" w14:textId="77777777" w:rsidR="00534D79" w:rsidRDefault="00534D79" w:rsidP="0059741A">
       <w:pPr>
         <w:pStyle w:val="AUTOR"/>
         <w:spacing w:afterLines="100" w:after="240"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="000B264D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>email@email.com.br</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3EB3C6DB" w14:textId="77777777" w:rsidR="00F8122C" w:rsidRPr="00527D86" w:rsidRDefault="00F8122C" w:rsidP="00C06393">
       <w:pPr>
         <w:pStyle w:val="RESUMO"/>
         <w:spacing w:afterLines="100" w:after="240"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD2FCD">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Resumo</w:t>
       </w:r>
       <w:r w:rsidRPr="005B2858">
@@ -827,178 +866,178 @@
     <w:p w14:paraId="28431F7E" w14:textId="577B4644" w:rsidR="00615546" w:rsidRPr="00C431F2" w:rsidRDefault="00615546" w:rsidP="00D00030">
       <w:pPr>
         <w:pStyle w:val="RESUMO"/>
         <w:spacing w:afterLines="100" w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00C431F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Abstract</w:t>
       </w:r>
       <w:r w:rsidRPr="005B2858">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C431F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk135072291"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk135072291"/>
       <w:r w:rsidRPr="00F351CC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Versão do resumo em inglês, seguindo orientações do resumo em português. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="321BF253" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00C431F2" w:rsidRDefault="00615546" w:rsidP="00D00030">
       <w:pPr>
         <w:pStyle w:val="PALAVRAS-CHAVE"/>
         <w:spacing w:after="240"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk135074359"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk135074359"/>
       <w:r w:rsidRPr="00C431F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
       <w:r w:rsidRPr="005B2858">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C431F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F351CC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>até 3; apresentadas em letras minúsculas; com exceção dos Nomes Próprios; Nomes Científicos; Siglas; separadas entre si por ponto e vírgula; finalizadas por ponto final.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="752C33EA" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00C431F2" w:rsidRDefault="00615546" w:rsidP="00D00030">
       <w:pPr>
         <w:pStyle w:val="RESUMO"/>
         <w:spacing w:afterLines="100" w:after="240"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Int_EULs9HPM"/>
+      <w:bookmarkStart w:id="3" w:name="_Int_EULs9HPM"/>
       <w:r w:rsidRPr="00C431F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="005B2858">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C431F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Hlk135072304"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk135072304"/>
       <w:r w:rsidRPr="00F351CC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Versão do resumo em espanhol, seguindo as orientações do resumo em português.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="3BD08913" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00F351CC" w:rsidRDefault="00615546" w:rsidP="00D00030">
       <w:pPr>
         <w:pStyle w:val="PALAVRAS-CHAVE"/>
         <w:spacing w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00462005">
         <w:t>Palabras clave</w:t>
       </w:r>
       <w:r w:rsidRPr="005B2858">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00462005">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_Hlk135074383"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk135074383"/>
       <w:r w:rsidRPr="00F351CC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>até 3; apresentadas em letras minúsculas; com exceção dos Nomes Próprios; Nomes Científicos; Siglas; separadas entre si por ponto e vírgula; finalizadas por ponto final.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p w14:paraId="4A277B7D" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00C431F2" w:rsidRDefault="00615546" w:rsidP="00F351CC">
       <w:pPr>
         <w:pStyle w:val="PALAVRAS-CHAVE"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C431F2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="67B93F3A" w14:textId="441BABD0" w:rsidR="00615546" w:rsidRDefault="00F351CC" w:rsidP="006E619C">
       <w:pPr>
         <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Hlk135073039"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk135073039"/>
       <w:r w:rsidRPr="00A22F28">
         <w:rPr>
           <w:rStyle w:val="Ttulo1Char"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>1 ESTRUTURA DO TEXTO</w:t>
       </w:r>
       <w:r w:rsidRPr="008949A0">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="00F351CC">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
@@ -1209,51 +1248,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00A027E4">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">O arquivo deve ser submetido em Word, página A4, margens superior e esquerda de 3cm, margens inferior e direita de 2cm, fonte Segoe UI, corpo 12, espaçamento entrelinhas simples; justificado, parágrafos com entrada de 1,25 cm, </w:t>
       </w:r>
       <w:r w:rsidRPr="00A027E4">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ter no mínimo 15 páginas e máximo de 25 páginas,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A027E4">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> com título, resumo e palavras-chave em português, inglês e espanhol.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p w14:paraId="0288BFEB" w14:textId="7FD86FAB" w:rsidR="006F7786" w:rsidRPr="00FB43C4" w:rsidRDefault="006F7786" w:rsidP="00A60068">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:beforeLines="0" w:before="240" w:afterLines="0" w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB43C4">
         <w:t>1.1</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB43C4">
         <w:t>Formatação</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006F7786">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
@@ -1320,241 +1359,210 @@
       <w:r w:rsidR="00FD3ECF" w:rsidRPr="00FD3ECF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">espaçamento antes </w:t>
       </w:r>
       <w:r w:rsidR="00FD3ECF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">e depois </w:t>
       </w:r>
       <w:r w:rsidR="006E619C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">12 </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="006E619C">
+        <w:t>12 pt</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD3ECF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>pt</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00FD3ECF">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00681B7F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00681B7F">
+        <w:t xml:space="preserve">espaçamento entre linhas simples, alinhado à esquerda, </w:t>
+      </w:r>
+      <w:r w:rsidR="00773699">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>com numeração</w:t>
+      </w:r>
+      <w:r w:rsidR="00F20D45">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A4DDF8C" w14:textId="77777777" w:rsidR="006F7786" w:rsidRDefault="006F7786" w:rsidP="00F86512">
+      <w:pPr>
+        <w:pStyle w:val="TEXTO"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Conforme norma da ABNT, a formatação de um texto deve ser dividida em seções, que devem ser apresentadas da seguinte forma:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6885ADD0" w14:textId="30332D9D" w:rsidR="006F7786" w:rsidRPr="00122F2F" w:rsidRDefault="006F7786" w:rsidP="00122F2F">
+      <w:pPr>
+        <w:pStyle w:val="Alnea"/>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00122F2F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>SEÇÃO PRIMÁRIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00122F2F">
+        <w:t>: em letras maiúsculas em negrito;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B69E7FD" w14:textId="4A64497B" w:rsidR="006F7786" w:rsidRPr="00122F2F" w:rsidRDefault="006F7786" w:rsidP="00122F2F">
+      <w:pPr>
+        <w:pStyle w:val="Alnea"/>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00122F2F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Seção secundária</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00122F2F">
+        <w:t>: em letras minúsculas e negrito;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58F5D689" w14:textId="76B3162B" w:rsidR="006F7786" w:rsidRPr="00122F2F" w:rsidRDefault="006F7786" w:rsidP="00122F2F">
+      <w:pPr>
+        <w:pStyle w:val="Alnea"/>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00122F2F">
+        <w:t xml:space="preserve">Seção terciária: em letras minúsculas sem negrito; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A3428E6" w14:textId="6F23CF5F" w:rsidR="006F7786" w:rsidRDefault="006F7786" w:rsidP="00122F2F">
+      <w:pPr>
+        <w:pStyle w:val="Alnea"/>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00122F2F">
+        <w:t xml:space="preserve">Demais seções e alíneas (se houver): em letras minúsculas sem negrito. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21684035" w14:textId="77777777" w:rsidR="006B453A" w:rsidRPr="00FB43C4" w:rsidRDefault="00A71583" w:rsidP="006B453A">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:spacing w:beforeLines="0" w:before="240" w:afterLines="0" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A71583">
+        <w:t>1.2 Siglas</w:t>
+      </w:r>
+      <w:r w:rsidR="006B453A">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B453A" w:rsidRPr="006F7786">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="006B453A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">seção secundária, letras minúsculas, negrito, </w:t>
+      </w:r>
+      <w:r w:rsidR="006B453A" w:rsidRPr="00FD3ECF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fonte Segoe UI, </w:t>
+      </w:r>
+      <w:r w:rsidR="006B453A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tamanho 12, </w:t>
+      </w:r>
+      <w:r w:rsidR="006B453A" w:rsidRPr="00FD3ECF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">espaçamento entre linhas simples, alinhado à esquerda, </w:t>
-[...80 lines deleted...]
-        <w:t>1.2 Siglas</w:t>
+        <w:t xml:space="preserve">espaçamento antes </w:t>
       </w:r>
       <w:r w:rsidR="006B453A">
-        <w:rPr>
-[...40 lines deleted...]
-      <w:r w:rsidR="006B453A" w:rsidRPr="00FD3ECF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">espaçamento antes </w:t>
-[...28 lines deleted...]
-        <w:t xml:space="preserve">, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
+        <w:t xml:space="preserve">e depois 12 pt, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
       </w:r>
       <w:r w:rsidR="006B453A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>com numeração)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="490F8216" w14:textId="77777777" w:rsidR="00A71583" w:rsidRPr="00A71583" w:rsidRDefault="00A71583" w:rsidP="00BD67A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71583">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-3"/>
@@ -1580,109 +1588,109 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Exemplo:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5822913B" w14:textId="69F58DEA" w:rsidR="00A71583" w:rsidRPr="00707994" w:rsidRDefault="00A71583" w:rsidP="00BD67A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71583">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A normalização do artigo deve seguir as normas de publicação da Associação Brasileira de Normas Técnicas (ABNT). A revista indica o e-book </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00A71583">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Normalização de Trabalhos Acadêmicos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A71583">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="0563C1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A71583">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> elaborado a partir das normas da ABNT, como opção de orientação para a aplicação das normas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63A67B80" w14:textId="4C0816C1" w:rsidR="005C665D" w:rsidRPr="00C13768" w:rsidRDefault="005C665D" w:rsidP="006B453A">
       <w:pPr>
         <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Hlk135072734"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk135072734"/>
       <w:r w:rsidRPr="00A22F28">
         <w:rPr>
           <w:rStyle w:val="Ttulo1Char"/>
         </w:rPr>
         <w:t>2 CITAÇÕES</w:t>
       </w:r>
       <w:r w:rsidRPr="00C431F2">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="006B453A" w:rsidRPr="00F351CC">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="006B453A">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">seção primária, letras maiúscula, negrito; fonte Segoe UI, tamanho 12, </w:t>
       </w:r>
       <w:r w:rsidR="006B453A" w:rsidRPr="00F351CC">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
@@ -2019,123 +2027,83 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tamanho 12, </w:t>
       </w:r>
       <w:r w:rsidR="006B453A" w:rsidRPr="00FD3ECF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">espaçamento antes </w:t>
       </w:r>
       <w:r w:rsidR="006B453A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">e depois 12 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
+        <w:t xml:space="preserve">e depois 12 pt, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
       </w:r>
       <w:r w:rsidR="006B453A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>com numeração)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C27753C" w14:textId="1B567C55" w:rsidR="00472FA7" w:rsidRDefault="00472FA7" w:rsidP="00BD67A2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00472FA7">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve">Quando a transcrição for em parágrafo separado do texto, </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> do número de linhas</w:t>
+        <w:t>Quando a transcrição for em parágrafo separado do texto, independente do número de linhas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="333D6172" w14:textId="77777777" w:rsidR="00472FA7" w:rsidRDefault="00472FA7" w:rsidP="00472FA7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:beforeLines="100" w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
@@ -2881,72 +2849,72 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5399FDCC" w14:textId="679E0327" w:rsidR="002A43F0" w:rsidRPr="006B453A" w:rsidRDefault="002A43F0" w:rsidP="006B453A">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:beforeLines="0" w:before="360" w:afterLines="0" w:after="240"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A22F28">
         <w:rPr>
           <w:rStyle w:val="Ttulo1Char"/>
           <w:b/>
         </w:rPr>
         <w:t>3 ILUSTRAÇÕES</w:t>
       </w:r>
       <w:r w:rsidRPr="002A43F0">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:spacing w:val="15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="_Hlk135075142"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk135075142"/>
       <w:r w:rsidR="006B453A" w:rsidRPr="006B453A">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(seção primária, letras maiúscula, negrito; fonte Segoe UI, tamanho 12, </w:t>
       </w:r>
       <w:r w:rsidR="006B453A" w:rsidRPr="006B453A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>espaçamento antes 18 e depois 12, espaçamento entre linhas simples, alinhado à esquerda, com numeração)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p w14:paraId="03BD521E" w14:textId="77777777" w:rsidR="002A43F0" w:rsidRDefault="002A43F0" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="007A2F06">
         <w:t>Qualquer tipo de ilustração deve ser precedido por sua palavra designativa (desenho, esquema, fluxograma,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2F06">
         <w:t>fotografia, gráfico, mapa, organograma, planta, quadro, retrato, figura, imagem, entre outros),</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2F06">
         <w:t>seguida de seu número de ordem de ocorrência no texto, em algarismos arábicos, de travessão e do</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2F06">
         <w:t>respectivo título.</w:t>
       </w:r>
@@ -3047,194 +3015,174 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tamanho 12, </w:t>
       </w:r>
       <w:r w:rsidR="004D7D43" w:rsidRPr="00FD3ECF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">espaçamento antes </w:t>
       </w:r>
       <w:r w:rsidR="004D7D43">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">e depois 12 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
+        <w:t xml:space="preserve">e depois 12 pt, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
       </w:r>
       <w:r w:rsidR="004D7D43">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>com numeração)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DAB7291" w14:textId="66E05989" w:rsidR="002A43F0" w:rsidRPr="00312FA9" w:rsidRDefault="002A43F0" w:rsidP="00FA2208">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00312FA9">
         <w:t xml:space="preserve">As </w:t>
       </w:r>
       <w:r w:rsidR="005609DA" w:rsidRPr="00312FA9">
         <w:t xml:space="preserve">figuras devem ser formatadas conforme o modelo abaixo: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4279CABC" w14:textId="43052606" w:rsidR="003E4B84" w:rsidRPr="00602F69" w:rsidRDefault="003E4B84" w:rsidP="00B371AE">
       <w:pPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-10"/>
           <w:kern w:val="28"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Hlk135073128"/>
-      <w:bookmarkStart w:id="9" w:name="_Hlk135075181"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk135073128"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk135075181"/>
       <w:r w:rsidRPr="00602F69">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
           <w:kern w:val="28"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Figura 1 – Identificar figuras, quadros e tabelas</w:t>
       </w:r>
       <w:r w:rsidRPr="00602F69">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> na parte superior, pelo nome específico (tipo de ilustração), numeração sequencial de acordo com a ordem que aparece no texto, travessão e título, centralizado; fonte Segoe UI, corpo 1</w:t>
       </w:r>
       <w:r w:rsidR="00CD0C90">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00602F69">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>; espaçamento 12 antes, 6 depois; entrelinhas simples</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidRPr="00602F69">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, sem ponto final</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p w14:paraId="3DA5DCD1" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00C431F2" w:rsidRDefault="00615546" w:rsidP="00B371AE">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C431F2">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0057B45D" wp14:editId="3FAEF4FB">
             <wp:extent cx="2834663" cy="1676400"/>
             <wp:effectExtent l="0" t="0" r="3810" b="0"/>
             <wp:docPr id="36" name="Imagem 36"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Imagem 9"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16">
+                    <a:blip r:embed="rId15">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2874388" cy="1699893"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -3444,51 +3392,51 @@
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="39FB2B0B" w14:textId="1433C148" w:rsidR="005609DA" w:rsidRPr="000E082A" w:rsidRDefault="005609DA" w:rsidP="005609DA">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc417547828"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc417547828"/>
       <w:r w:rsidRPr="000E082A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="000E082A" w:rsidRPr="000E082A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="000E082A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Quadros</w:t>
       </w:r>
       <w:r w:rsidR="007C61E8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A1E63" w:rsidRPr="006F7786">
@@ -3521,159 +3469,139 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tamanho 12, </w:t>
       </w:r>
       <w:r w:rsidR="002A1E63" w:rsidRPr="00FD3ECF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">espaçamento antes </w:t>
       </w:r>
       <w:r w:rsidR="002A1E63">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">e depois 12 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
+        <w:t xml:space="preserve">e depois 12 pt, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
       </w:r>
       <w:r w:rsidR="002A1E63">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>com numeração)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="628939FA" w14:textId="5D8D8897" w:rsidR="003E4B84" w:rsidRPr="00312FA9" w:rsidRDefault="003E4B84" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00312FA9">
         <w:t>Os quadros devem ser formatados conforme o modelo abaixo</w:t>
       </w:r>
       <w:r w:rsidR="00FA2208">
         <w:t xml:space="preserve"> (Segoe Ui, tamanho 11, espaço simples)</w:t>
       </w:r>
       <w:r w:rsidRPr="00312FA9">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03BBFF06" w14:textId="6675C43A" w:rsidR="00615546" w:rsidRPr="006A7A8C" w:rsidRDefault="00615546" w:rsidP="00FA2208">
       <w:pPr>
         <w:pStyle w:val="TABELAETC"/>
         <w:spacing w:before="240"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Hlk135073213"/>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkStart w:id="12" w:name="_Hlk135073213"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="006A7A8C">
         <w:t>Quadro 1</w:t>
       </w:r>
       <w:r w:rsidR="003E4B84" w:rsidRPr="006A7A8C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006A7A8C">
         <w:t>-</w:t>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="_Toc6889411"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="16" w:name="_Toc446354439"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc6889411"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc6889530"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc6889550"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc6889984"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc446354439"/>
       <w:r w:rsidRPr="006A7A8C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidRPr="006A7A8C">
         <w:t xml:space="preserve">Tipos de interação </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1678"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="2433"/>
         <w:gridCol w:w="2551"/>
       </w:tblGrid>
       <w:tr w:rsidR="00615546" w:rsidRPr="00C431F2" w14:paraId="30B067ED" w14:textId="77777777" w:rsidTr="00FE4633">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1678" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="11"/>
+          <w:bookmarkEnd w:id="12"/>
           <w:p w14:paraId="5E3330BE" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Características interativas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4161,130 +4089,110 @@
           </w:tcPr>
           <w:p w14:paraId="0FD0829E" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Monológica</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="38E7976F" w14:textId="58EB136F" w:rsidR="00615546" w:rsidRDefault="00615546" w:rsidP="00C93BB9">
       <w:pPr>
         <w:pStyle w:val="FONTE"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Hlk135073244"/>
+      <w:bookmarkStart w:id="18" w:name="_Hlk135073244"/>
       <w:r w:rsidRPr="00522B54">
         <w:t xml:space="preserve">Fonte: Autor (ano). Quando elaborada pelo próprio autor, informar “elaboração própria”; quando for </w:t>
       </w:r>
       <w:r w:rsidR="00993DB9">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:t>adaptada informar “adaptado de” seguido da citação.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="27B74DB5" w14:textId="17B8F97D" w:rsidR="007936FA" w:rsidRPr="00D75B58" w:rsidRDefault="007936FA" w:rsidP="00D75B58">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007936FA">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3.3 Tabelas </w:t>
       </w:r>
       <w:r w:rsidR="002A1E63" w:rsidRPr="00D75B58">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(seção secundária, letras minúsculas, negrito, </w:t>
       </w:r>
       <w:r w:rsidR="002A1E63" w:rsidRPr="00D75B58">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">fonte Segoe UI, tamanho 12, </w:t>
       </w:r>
       <w:r w:rsidR="002A1E63" w:rsidRPr="00D75B58">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">espaçamento antes e depois 12 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
+        <w:t xml:space="preserve">espaçamento antes e depois 12 pt, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
       </w:r>
       <w:r w:rsidR="002A1E63" w:rsidRPr="00D75B58">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>com numeração)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22FE0069" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00312FA9" w:rsidRDefault="00615546" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00312FA9">
         <w:t>As tabelas devem ser elaboradas de acordo com as normas de apresentação tabular publicada pelo Instituto Brasileiro de Geografia e Estatística - IBGE, que define a tabela como “[...] forma não discursiva de apresentar informações, das quais o dado numérico se destaca como informação central” (IBGE, 1993, p. 9).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05628714" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00312FA9" w:rsidRDefault="00615546" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00312FA9">
@@ -4346,61 +4254,52 @@
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">, letras minúsculas, </w:t>
       </w:r>
       <w:r w:rsidR="005A235A">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">sem </w:t>
       </w:r>
       <w:r w:rsidR="005A235A" w:rsidRPr="005A235A">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">negrito, fonte Segoe UI, tamanho 12, espaçamento antes e depois de </w:t>
       </w:r>
       <w:r w:rsidR="008A6348">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">12 </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>12 pt</w:t>
+      </w:r>
       <w:r w:rsidR="005A235A" w:rsidRPr="005A235A">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>, espaçamento entre linhas simples, alinhado à esquerda, com numeração</w:t>
       </w:r>
       <w:r w:rsidR="002116C0" w:rsidRPr="002116C0">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ABF2F5D" w14:textId="77777777" w:rsidR="007936FA" w:rsidRPr="007936FA" w:rsidRDefault="007936FA" w:rsidP="007936FA">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="733F0B7D" w14:textId="231FDB75" w:rsidR="00615546" w:rsidRPr="00312FA9" w:rsidRDefault="00615546" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
@@ -4411,51 +4310,51 @@
         <w:t xml:space="preserve">fonte Segoe UI, tamanho12, centralizada, sem </w:t>
       </w:r>
       <w:r w:rsidR="00BF32D1">
         <w:t xml:space="preserve">negrito e sem </w:t>
       </w:r>
       <w:r w:rsidR="00763525">
         <w:t>ponto final.</w:t>
       </w:r>
       <w:r w:rsidRPr="00312FA9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54A8B12C" w14:textId="71ECB6CC" w:rsidR="007C61E8" w:rsidRDefault="00615546" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00312FA9">
         <w:t>As normas de apresentação tabular do IBGE estão disponíveis para consulta no</w:t>
       </w:r>
       <w:r w:rsidRPr="002D7AF7">
         <w:t xml:space="preserve"> link: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="002D7AF7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://biblioteca.ibge.gov.br/visualizacao/livros/liv23907.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007C61E8">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22FF7705" w14:textId="08E5D850" w:rsidR="007C61E8" w:rsidRDefault="00763525" w:rsidP="00BD67A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -4486,51 +4385,51 @@
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">as orientações destacadas na tabela </w:t>
       </w:r>
       <w:r w:rsidRPr="007C61E8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>abaixo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, que está disponível no site </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:anchor="google_vignette" w:history="1">
+      <w:hyperlink r:id="rId17" w:anchor="google_vignette" w:history="1">
         <w:r w:rsidRPr="007C61E8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.normasabnt.org/tabela-nas-normas-abnt-como-inserir-tabelas/#google_vignette</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C61E8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6592BCCA" w14:textId="77777777" w:rsidR="00615546" w:rsidRDefault="00615546" w:rsidP="00615546">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
@@ -4563,51 +4462,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pt-BR"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E7BBF0B" wp14:editId="33B02A1A">
             <wp:extent cx="5760085" cy="2908300"/>
             <wp:effectExtent l="0" t="0" r="0" b="6350"/>
             <wp:docPr id="5" name="Imagem 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name="Tabela ABNT.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19" cstate="print">
+                    <a:blip r:embed="rId18" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5760085" cy="2908300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -4750,111 +4649,95 @@
     <w:p w14:paraId="76CCEBED" w14:textId="7A11BBAD" w:rsidR="00D40537" w:rsidRPr="00C147E8" w:rsidRDefault="00D40537" w:rsidP="002B5BCC">
       <w:pPr>
         <w:pStyle w:val="SUBTITULO"/>
         <w:spacing w:beforeLines="0" w:before="360" w:afterLines="0" w:after="240"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A22F28">
         <w:rPr>
           <w:rStyle w:val="Ttulo1Char"/>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:b/>
         </w:rPr>
         <w:t>5 NOTAS DE RODAPÉ</w:t>
       </w:r>
       <w:r w:rsidRPr="00C147E8">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="_Hlk135075384"/>
+      <w:bookmarkStart w:id="19" w:name="_Hlk135075384"/>
       <w:r w:rsidR="001D172E" w:rsidRPr="006B453A">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">(seção primária, letras maiúscula, negrito; fonte Segoe UI, tamanho 12, </w:t>
       </w:r>
       <w:r w:rsidR="001D172E" w:rsidRPr="006B453A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>espaçamento antes 18 e depois 12, espaçamento entre linhas simples, alinhado à esquerda, com numeração)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p w14:paraId="2E83CE65" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00FF08C6" w:rsidRDefault="00D40537" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00FF08C6">
         <w:t>Utilizar as notas de rodapé</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF08C6">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r w:rsidRPr="00FF08C6">
         <w:t xml:space="preserve"> para abordar pontos que não devem ser incluídos no texto, como: comentários; esclarecimentos (notas explicativas) e traduções. Não devem ser usadas para indicar citação ou referência.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1191D6BB" w14:textId="77777777" w:rsidR="00D40537" w:rsidRDefault="00D40537" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00FF08C6">
         <w:t>Sempre que for necessário utilizar notas de rodapé, a chamada às notas no texto é feita por números arábicos acima do texto (sobrescrito). A numeração deve ser única em todo o trabalho e em ordem crescente</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, justificada à esquerda, </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> 10, espaço simples. </w:t>
+        <w:t xml:space="preserve">, justificada à esquerda, segoe UI, tamnho 10, espaço simples. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24A06B89" w14:textId="4CBFD513" w:rsidR="00D40537" w:rsidRPr="00C147E8" w:rsidRDefault="00C147E8" w:rsidP="002B5BCC">
       <w:pPr>
         <w:pStyle w:val="SUBTITULO"/>
         <w:spacing w:beforeLines="0" w:before="360" w:afterLines="0" w:after="240"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B01B77">
         <w:rPr>
           <w:rStyle w:val="Ttulo1Char"/>
           <w:b/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00D40537" w:rsidRPr="00B01B77">
         <w:rPr>
           <w:rStyle w:val="Ttulo1Char"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D40537" w:rsidRPr="00B01B77">
@@ -4895,51 +4778,51 @@
       <w:r w:rsidRPr="00C74428">
         <w:t xml:space="preserve">As siglas devem ser indicadas entre parênteses, precedidas do nome completo, quando mencionadas pela primeira vez no texto. Posteriormente, no decorrer do texto, deve-se padronizar o uso, utilizando apenas a sigla.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EC65FAC" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00C74428" w:rsidRDefault="00D40537" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00C74428">
         <w:t>Exemplo:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B512054" w14:textId="79490061" w:rsidR="00D40537" w:rsidRDefault="00D40537" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00C74428">
         <w:t>A normalização d</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">as citações e referências devem </w:t>
       </w:r>
       <w:r w:rsidRPr="00C74428">
         <w:t xml:space="preserve">seguir as normas de publicação da Associação Brasileira de Normas Técnicas (ABNT). A revista indica o e-book </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="000341DB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Verdana"/>
             <w:color w:val="C49A00" w:themeColor="accent1" w:themeShade="BF"/>
           </w:rPr>
           <w:t>Normalização de Trabalhos Acadêmicos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000341DB">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C74428">
         <w:t xml:space="preserve"> com</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> orientações para </w:t>
       </w:r>
       <w:r w:rsidRPr="00C74428">
         <w:t>aplicação das normas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00A07EE1" w14:textId="62ECE81F" w:rsidR="00825A1D" w:rsidRDefault="00825A1D" w:rsidP="00825A1D">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
@@ -4979,51 +4862,51 @@
         <w:t>se houver. S</w:t>
       </w:r>
       <w:r w:rsidRPr="00C147E8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>eção; letra maiúscula; espaçamento entrelinhas simples; centralizado)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3591D078" w14:textId="77777777" w:rsidR="00825A1D" w:rsidRDefault="00825A1D" w:rsidP="00825A1D">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12E51B2E" w14:textId="64324CAE" w:rsidR="00C147E8" w:rsidRPr="00C147E8" w:rsidRDefault="00C147E8" w:rsidP="002E3D74">
       <w:pPr>
         <w:pStyle w:val="TtuloPsTexto"/>
         <w:spacing w:beforeLines="0" w:before="480" w:afterLines="0" w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00C147E8">
         <w:t xml:space="preserve">REFERÊNCIAS </w:t>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="_Hlk135075565"/>
+      <w:bookmarkStart w:id="20" w:name="_Hlk135075565"/>
       <w:r w:rsidR="00584191" w:rsidRPr="00584191">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(letra</w:t>
       </w:r>
       <w:r w:rsidR="009535A9">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00584191" w:rsidRPr="00584191">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> maiúscula</w:t>
       </w:r>
       <w:r w:rsidR="009535A9">
@@ -5068,51 +4951,51 @@
       </w:r>
       <w:r w:rsidR="002B5BCC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>depois 12</w:t>
       </w:r>
       <w:r w:rsidR="009535A9">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>, c</w:t>
       </w:r>
       <w:r w:rsidR="00584191" w:rsidRPr="00584191">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>entralizado)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="6D1E5563" w14:textId="391CCB36" w:rsidR="00C147E8" w:rsidRDefault="00C147E8" w:rsidP="004E4DFB">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C147E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="202122"/>
         </w:rPr>
         <w:t>Lista única</w:t>
       </w:r>
       <w:r w:rsidR="006F47C4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="202122"/>
         </w:rPr>
         <w:t>, em ordem alfabética</w:t>
       </w:r>
       <w:r w:rsidR="009535A9">
         <w:rPr>
@@ -5785,51 +5668,51 @@
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Educação beneditina e escolar</w:t>
       </w:r>
       <w:r w:rsidRPr="0088396B">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve"> o lugar do passado no presente. 2022. Tese (Doutorado em Educação) – Universidade de Sorocaba, Sorocaba, 2022. Disponível em: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00522B54">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           </w:rPr>
           <w:t>https://uniso.br/mestrado-doutorado/educacao/teses/2022/cristiane-correa.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve">Acesso em: 01 fev. 2024. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05BECEA5" w14:textId="652F4EAB" w:rsidR="00615546" w:rsidRPr="00522B54" w:rsidRDefault="00615546" w:rsidP="00615546">
       <w:pPr>
@@ -5953,51 +5836,51 @@
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Avaliação</w:t>
       </w:r>
       <w:r w:rsidRPr="00E62FE9">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Revista da Avaliação da Educação Superior, Campinas; Sorocaba, v. 27, n. 2, p. 227-247, jul. 2022. Disponível em: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00522B54">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.scielo.br/j/aval/a/rxNDLXGXR8H53YDzgrwZvGk/?format=pdf&amp;lang=pt</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Acesso em: 01 fev. 2024. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="114A1483" w14:textId="052ABA49" w:rsidR="00615546" w:rsidRPr="00522B54" w:rsidRDefault="00615546" w:rsidP="00615546">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -6057,51 +5940,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> MOSTRA DE ATIVIDADES ACADÊMICAS, 2., 2016, Sorocaba. </w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Anais </w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">[...]. Sorocaba: Uniso, 2016. p. 155-160. Tema: Inovação e transversalidade. Disponível em: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00522B54">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://uniso.br/assets/docs/publicacoes/publicacoes-eventos/anais-da-maac/edicoes/anais-maac-II.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Acesso em: 01 fev. 2024. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="716B5D94" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00522B54" w:rsidRDefault="00615546" w:rsidP="00615546">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -6141,51 +6024,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ENCONTRO NACIONAL DE ENSINO DE BIOLOGIA, 7.; ENCONTRO REGIONAL DE ENSINO DE BIOLOGIA DA REGIONAL 6 – NORTE, 1., 2018. Belém, PA. </w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Anais</w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> [...]. Belém, PA: UFPA, 2018. Tema: O que a vida tem a ensinar ao Ensino de Biologia? Disponível em: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="006469D3" w:rsidRPr="00522B54">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://sbenbio.org.br/wp-content/uploads/anais/anais_ vii_enebio_norte_completo_2018.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Acesso</w:t>
       </w:r>
       <w:r w:rsidR="006469D3" w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -6281,132 +6164,123 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Paulo</w:t>
       </w:r>
       <w:r w:rsidRPr="00D8417D">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> São Paulo, ano 99, n. 33.025, 3 set. 2019. Disponível em: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00522B54">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www1.folha.uol.com.br/cotidiano/2019/09/pelos-lados-e-para-o-alto-sp-cresce-60-em-area-construida-em-25-anos.shtml</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Acesso em: 01 fev. 2024.</w:t>
       </w:r>
       <w:r w:rsidR="00D8417D">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25E69257" w14:textId="77777777" w:rsidR="000B5DE5" w:rsidRDefault="000B5DE5" w:rsidP="00615546">
       <w:pPr>
         <w:pStyle w:val="CONTRIBUIO"/>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Hlk135073560"/>
+      <w:bookmarkStart w:id="21" w:name="_Hlk135073560"/>
     </w:p>
     <w:p w14:paraId="64B808B1" w14:textId="7CB4246E" w:rsidR="00615546" w:rsidRPr="00C147E8" w:rsidRDefault="00AF5AEF" w:rsidP="00615546">
       <w:pPr>
         <w:pStyle w:val="CONTRIBUIO"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00C147E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00825A1D" w:rsidRPr="00C147E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ontribuição</w:t>
       </w:r>
       <w:r w:rsidRPr="00C147E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00825A1D" w:rsidRPr="00C147E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>dos(</w:t>
-[...7 lines deleted...]
-        <w:t>as) autores(as)</w:t>
+        <w:t>dos(as) autores(as)</w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="000E5BFA">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
         <w:rPr>
           <w:color w:val="FF0000"/>
@@ -6431,126 +6305,90 @@
         </w:rPr>
         <w:t xml:space="preserve"> de cada autor)</w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0332484B" w14:textId="6A54BFBB" w:rsidR="00615546" w:rsidRPr="00C147E8" w:rsidRDefault="006C26F2" w:rsidP="005F1EBD">
       <w:pPr>
         <w:pStyle w:val="CONT-AUTOR"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nome completo do </w:t>
-[...7 lines deleted...]
-        <w:t>a</w:t>
+        <w:t>Nome completo do a</w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>utor(</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">a) 1 – </w:t>
+        <w:t xml:space="preserve">utor(a) 1 – </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B0C1E7E" w14:textId="78528A4B" w:rsidR="00615546" w:rsidRDefault="006C26F2" w:rsidP="00C147E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nome completo do </w:t>
-[...9 lines deleted...]
-        <w:t>a</w:t>
+        <w:t>Nome completo do a</w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>utor(</w:t>
-[...11 lines deleted...]
-      <w:bookmarkEnd w:id="20"/>
+        <w:t xml:space="preserve">utor(a) 2 – </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="1F01F751" w14:textId="21FFC65A" w:rsidR="00AF5AEF" w:rsidRDefault="00AF5AEF" w:rsidP="00C147E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C693998" w14:textId="60D2E8EE" w:rsidR="00AF5AEF" w:rsidRPr="00AF5AEF" w:rsidRDefault="00AF5AEF" w:rsidP="00C147E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -6755,209 +6593,177 @@
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0081516D">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Informe uma das opões</w:t>
       </w:r>
       <w:r w:rsidR="00D600B0">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (a informada no </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidR="00D600B0" w:rsidRPr="00D600B0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Formulário de Conformidade com a Ciência Aberta</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006C26F2">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00D600B0">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="6C73FD1E" w14:textId="110B3197" w:rsidR="00825A1D" w:rsidRPr="0052001D" w:rsidRDefault="00825A1D" w:rsidP="00E65A5B">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(  </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> ) </w:t>
+        <w:t xml:space="preserve">(   ) </w:t>
       </w:r>
       <w:r w:rsidRPr="0052001D">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Os conteúdos subjacentes ao texto da pesquisa estão </w:t>
       </w:r>
       <w:r w:rsidR="00646B0E">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>disponíveis</w:t>
       </w:r>
       <w:r w:rsidRPr="0052001D">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> no artigo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C490D96" w14:textId="77777777" w:rsidR="00646B0E" w:rsidRPr="00646B0E" w:rsidRDefault="00646B0E" w:rsidP="00646B0E">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00646B0E">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(  </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> ) Os conjuntos de dados gerados e/ou analisados durante a pesquisa estão disponíveis em: </w:t>
+        <w:t xml:space="preserve">(   ) Os conjuntos de dados gerados e/ou analisados durante a pesquisa estão disponíveis em: </w:t>
       </w:r>
       <w:r w:rsidRPr="00646B0E">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>inserir endereço URL</w:t>
       </w:r>
       <w:r w:rsidRPr="00646B0E">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="211F61A1" w14:textId="017B0AC3" w:rsidR="00825A1D" w:rsidRPr="0052001D" w:rsidRDefault="00825A1D" w:rsidP="00646B0E">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(  </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> ) </w:t>
+        <w:t xml:space="preserve">(   ) </w:t>
       </w:r>
       <w:r w:rsidRPr="0052001D">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Os dados que embasam este estudo </w:t>
       </w:r>
       <w:r w:rsidR="00646B0E">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">podem ser solicitados ao(à) autor(a), mediante justificativa, em razão de restrições de caráter </w:t>
       </w:r>
       <w:r w:rsidRPr="0052001D">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>étic</w:t>
       </w:r>
@@ -7077,163 +6883,123 @@
     </w:p>
     <w:p w14:paraId="3E61A986" w14:textId="77777777" w:rsidR="001958C9" w:rsidRPr="008A5967" w:rsidRDefault="00615546" w:rsidP="00C147E8">
       <w:pPr>
         <w:pStyle w:val="REVISO-AUTOR"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0081516D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
       <w:r w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>contato@</w:t>
-[...19 lines deleted...]
-        <w:t>a)</w:t>
+        <w:t>contato@dorevisor(a)</w:t>
       </w:r>
       <w:r w:rsidR="005B2858" w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09665C2D" w14:textId="69F9BEE3" w:rsidR="00207848" w:rsidRDefault="001958C9" w:rsidP="0081516D">
       <w:pPr>
         <w:pStyle w:val="REVISO-AUTOR"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="0081516D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
       <w:r w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>contato@</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>contato@do</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2858" w:rsidRPr="0014091E">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>tradutor</w:t>
+      </w:r>
       <w:r w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>do</w:t>
-[...8 lines deleted...]
-        <w:t>tradutor</w:t>
+        <w:t>(a</w:t>
       </w:r>
       <w:r w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...17 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00207848" w:rsidSect="00BD67A2">
-      <w:headerReference w:type="default" r:id="rId27"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId30"/>
+      <w:headerReference w:type="default" r:id="rId26"/>
+      <w:footerReference w:type="default" r:id="rId27"/>
+      <w:headerReference w:type="first" r:id="rId28"/>
+      <w:footerReference w:type="first" r:id="rId29"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="652" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="16C0735E" w14:textId="77777777" w:rsidR="00C91C2D" w:rsidRDefault="00C91C2D" w:rsidP="00615546">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="30F2CB0B" w14:textId="77777777" w:rsidR="00C91C2D" w:rsidRDefault="00C91C2D" w:rsidP="00615546">
       <w:pPr>
@@ -7273,100 +7039,101 @@
   <w:font w:name="Bembo Book MT Std">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
+    <w:altName w:val="Yu Gothic UI"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial-BoldMT">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Quattrocento Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000BF" w:usb1="4000005B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="638EF48B" w14:textId="4F88FB79" w:rsidR="00956262" w:rsidRPr="001D6FBD" w:rsidRDefault="00DA38C2" w:rsidP="003E2EC5">
+  <w:p w14:paraId="638EF48B" w14:textId="3527A275" w:rsidR="00956262" w:rsidRPr="001D6FBD" w:rsidRDefault="00DA38C2" w:rsidP="003E2EC5">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:before="120"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001D6FBD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62661530" wp14:editId="237D0E1A">
           <wp:simplePos x="0" y="0"/>
@@ -7627,59 +7394,59 @@
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006C26F2">
+        <w:r w:rsidR="00115680">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:noProof/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>10</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="439512D5" w14:textId="329C50AA" w:rsidR="007C58B8" w:rsidRDefault="00E36CEE" w:rsidP="00233363">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4986"/>
         <w:tab w:val="right" w:pos="9972"/>
@@ -8675,167 +8442,171 @@
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D27828"/>
     <w:rsid w:val="00031334"/>
+    <w:rsid w:val="000813D3"/>
     <w:rsid w:val="000B5DE5"/>
     <w:rsid w:val="000D399A"/>
     <w:rsid w:val="000E082A"/>
     <w:rsid w:val="000E2267"/>
     <w:rsid w:val="000E5BFA"/>
     <w:rsid w:val="00113A4B"/>
+    <w:rsid w:val="00115680"/>
     <w:rsid w:val="00122F2F"/>
     <w:rsid w:val="001234AB"/>
     <w:rsid w:val="0014091E"/>
     <w:rsid w:val="00181550"/>
     <w:rsid w:val="00194642"/>
     <w:rsid w:val="001958C9"/>
     <w:rsid w:val="00197923"/>
     <w:rsid w:val="001A5D60"/>
     <w:rsid w:val="001B639B"/>
     <w:rsid w:val="001C435A"/>
     <w:rsid w:val="001D172E"/>
     <w:rsid w:val="001D6FBD"/>
+    <w:rsid w:val="001F1C2F"/>
     <w:rsid w:val="00207848"/>
     <w:rsid w:val="002116C0"/>
     <w:rsid w:val="00215B5E"/>
     <w:rsid w:val="00224430"/>
     <w:rsid w:val="00230503"/>
     <w:rsid w:val="00233363"/>
     <w:rsid w:val="00241064"/>
     <w:rsid w:val="00241C71"/>
     <w:rsid w:val="002452F8"/>
     <w:rsid w:val="0024662C"/>
     <w:rsid w:val="0027324C"/>
     <w:rsid w:val="002778E0"/>
     <w:rsid w:val="0028134C"/>
     <w:rsid w:val="002A1E63"/>
     <w:rsid w:val="002A43F0"/>
     <w:rsid w:val="002B5BCC"/>
     <w:rsid w:val="002C37EF"/>
     <w:rsid w:val="002D7AF7"/>
     <w:rsid w:val="002E3D74"/>
     <w:rsid w:val="003125BB"/>
     <w:rsid w:val="00312FA9"/>
     <w:rsid w:val="00316A35"/>
     <w:rsid w:val="003312AD"/>
     <w:rsid w:val="00335273"/>
     <w:rsid w:val="0033711B"/>
     <w:rsid w:val="003654A0"/>
     <w:rsid w:val="003843D0"/>
     <w:rsid w:val="003870E0"/>
     <w:rsid w:val="003C03BB"/>
     <w:rsid w:val="003C1AD8"/>
     <w:rsid w:val="003E2EC5"/>
     <w:rsid w:val="003E4B84"/>
     <w:rsid w:val="00400DCB"/>
     <w:rsid w:val="004067C1"/>
     <w:rsid w:val="00422D07"/>
     <w:rsid w:val="00431BA0"/>
     <w:rsid w:val="0043460F"/>
     <w:rsid w:val="00455733"/>
     <w:rsid w:val="00462005"/>
+    <w:rsid w:val="00464678"/>
     <w:rsid w:val="0047232B"/>
     <w:rsid w:val="00472FA7"/>
     <w:rsid w:val="004773E2"/>
     <w:rsid w:val="00482960"/>
     <w:rsid w:val="004C3BC1"/>
     <w:rsid w:val="004D120E"/>
     <w:rsid w:val="004D60D0"/>
     <w:rsid w:val="004D7D43"/>
     <w:rsid w:val="004E4DFB"/>
     <w:rsid w:val="004E77CE"/>
     <w:rsid w:val="004F33F0"/>
     <w:rsid w:val="00516120"/>
     <w:rsid w:val="00522B54"/>
     <w:rsid w:val="00527D86"/>
     <w:rsid w:val="00534398"/>
     <w:rsid w:val="00534D79"/>
     <w:rsid w:val="00553ECE"/>
     <w:rsid w:val="005609DA"/>
     <w:rsid w:val="005623A2"/>
     <w:rsid w:val="00584191"/>
     <w:rsid w:val="0059741A"/>
     <w:rsid w:val="005A235A"/>
     <w:rsid w:val="005A46A9"/>
     <w:rsid w:val="005B2233"/>
     <w:rsid w:val="005B2858"/>
     <w:rsid w:val="005B46F8"/>
     <w:rsid w:val="005C0CC1"/>
     <w:rsid w:val="005C665D"/>
     <w:rsid w:val="005F1EBD"/>
     <w:rsid w:val="00602F69"/>
     <w:rsid w:val="00615546"/>
     <w:rsid w:val="00623A02"/>
     <w:rsid w:val="006469D3"/>
     <w:rsid w:val="00646B0E"/>
     <w:rsid w:val="00681B7F"/>
+    <w:rsid w:val="006830CF"/>
     <w:rsid w:val="006A1C9E"/>
     <w:rsid w:val="006A7A8C"/>
     <w:rsid w:val="006B453A"/>
     <w:rsid w:val="006C26F2"/>
     <w:rsid w:val="006E619C"/>
     <w:rsid w:val="006E6D0D"/>
     <w:rsid w:val="006F47C4"/>
     <w:rsid w:val="006F7786"/>
     <w:rsid w:val="00707994"/>
     <w:rsid w:val="00712C00"/>
     <w:rsid w:val="007302D9"/>
     <w:rsid w:val="00763525"/>
     <w:rsid w:val="00763CF2"/>
     <w:rsid w:val="00764D9E"/>
     <w:rsid w:val="00773699"/>
     <w:rsid w:val="007936FA"/>
     <w:rsid w:val="007A1105"/>
     <w:rsid w:val="007B7177"/>
     <w:rsid w:val="007C58B8"/>
     <w:rsid w:val="007C61E8"/>
     <w:rsid w:val="007D1390"/>
     <w:rsid w:val="007E1BEC"/>
     <w:rsid w:val="008115DA"/>
     <w:rsid w:val="0081516D"/>
     <w:rsid w:val="00825A1D"/>
@@ -8874,99 +8645,101 @@
     <w:rsid w:val="00AA4E9C"/>
     <w:rsid w:val="00AA7AFC"/>
     <w:rsid w:val="00AC71D4"/>
     <w:rsid w:val="00AF5AEF"/>
     <w:rsid w:val="00B00ABC"/>
     <w:rsid w:val="00B00F7A"/>
     <w:rsid w:val="00B01B77"/>
     <w:rsid w:val="00B05067"/>
     <w:rsid w:val="00B371AE"/>
     <w:rsid w:val="00B37F4A"/>
     <w:rsid w:val="00B40C6E"/>
     <w:rsid w:val="00B669FA"/>
     <w:rsid w:val="00B719C4"/>
     <w:rsid w:val="00B724FA"/>
     <w:rsid w:val="00B852BF"/>
     <w:rsid w:val="00BD34B9"/>
     <w:rsid w:val="00BD67A2"/>
     <w:rsid w:val="00BE1479"/>
     <w:rsid w:val="00BF32D1"/>
     <w:rsid w:val="00C06393"/>
     <w:rsid w:val="00C13768"/>
     <w:rsid w:val="00C147E8"/>
     <w:rsid w:val="00C76BC8"/>
     <w:rsid w:val="00C91C2D"/>
     <w:rsid w:val="00C93BB9"/>
+    <w:rsid w:val="00CA13CE"/>
     <w:rsid w:val="00CC356A"/>
     <w:rsid w:val="00CD0C90"/>
     <w:rsid w:val="00CE38CA"/>
     <w:rsid w:val="00CE5183"/>
     <w:rsid w:val="00D00030"/>
     <w:rsid w:val="00D236EF"/>
     <w:rsid w:val="00D27828"/>
     <w:rsid w:val="00D35D57"/>
     <w:rsid w:val="00D36C3E"/>
     <w:rsid w:val="00D40537"/>
     <w:rsid w:val="00D40C10"/>
     <w:rsid w:val="00D436BF"/>
     <w:rsid w:val="00D54539"/>
     <w:rsid w:val="00D54ABA"/>
     <w:rsid w:val="00D600B0"/>
     <w:rsid w:val="00D67A4C"/>
     <w:rsid w:val="00D75B58"/>
     <w:rsid w:val="00D8417D"/>
     <w:rsid w:val="00D855DF"/>
     <w:rsid w:val="00DA38C2"/>
     <w:rsid w:val="00DB2E77"/>
     <w:rsid w:val="00DC3DEB"/>
     <w:rsid w:val="00DE35C9"/>
     <w:rsid w:val="00DF3A4F"/>
     <w:rsid w:val="00E027A4"/>
     <w:rsid w:val="00E36CEE"/>
     <w:rsid w:val="00E45B8A"/>
     <w:rsid w:val="00E62FE9"/>
     <w:rsid w:val="00E65A5B"/>
     <w:rsid w:val="00E7583E"/>
     <w:rsid w:val="00E87A3E"/>
     <w:rsid w:val="00E90E2B"/>
     <w:rsid w:val="00ED779F"/>
     <w:rsid w:val="00EF2CE0"/>
     <w:rsid w:val="00F046F4"/>
     <w:rsid w:val="00F20D45"/>
     <w:rsid w:val="00F2716F"/>
     <w:rsid w:val="00F351CC"/>
     <w:rsid w:val="00F41D39"/>
     <w:rsid w:val="00F62B8F"/>
     <w:rsid w:val="00F75722"/>
     <w:rsid w:val="00F7750C"/>
     <w:rsid w:val="00F8122C"/>
     <w:rsid w:val="00F86512"/>
     <w:rsid w:val="00FA2208"/>
     <w:rsid w:val="00FB2002"/>
     <w:rsid w:val="00FD0794"/>
     <w:rsid w:val="00FD2516"/>
     <w:rsid w:val="00FD3ECF"/>
+    <w:rsid w:val="00FD533F"/>
     <w:rsid w:val="00FD538D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -9357,50 +9130,51 @@
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rsid w:val="00615546"/>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
@@ -10477,51 +10251,51 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="723649341">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normasabnt.org/tabela-nas-normas-abnt-como-inserir-tabelas/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://submission.scielo.br/index.php/aval/libraryFiles/downloadPublic/1545" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/mestrado-doutorado/educacao/teses/2022/cristiane-correa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com.br" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biblioteca.ibge.gov.br/visualizacao/livros/liv23907.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.folha.uol.com.br/cotidiano/2019/09/pelos-lados-e-para-o-alto-sp-cresce-60-em-area-construida-em-25-anos.shtml" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://periodicos.uniso.br/reu/libraryFiles/downloadPublic/38" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbenbio.org.br/wp-content/uploads/anais/anais_%20vii_enebio_norte_completo_2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pla.emnuvens.com.br/editora/catalog/view/54/38/148" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/assets/docs/publicacoes/publicacoes-eventos/anais-da-maac/edicoes/anais-maac-II.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.22483/2177-5796.2025v30id0000" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com.br" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.br/j/aval/a/rxNDLXGXR8H53YDzgrwZvGk/?format=pdf&amp;lang=pt" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com.br" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.br/j/aval/a/rxNDLXGXR8H53YDzgrwZvGk/?format=pdf&amp;lang=pt" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normasabnt.org/tabela-nas-normas-abnt-como-inserir-tabelas/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://submission.scielo.br/index.php/aval/libraryFiles/downloadPublic/1545" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biblioteca.ibge.gov.br/visualizacao/livros/liv23907.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/mestrado-doutorado/educacao/teses/2022/cristiane-correa.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com.br" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.folha.uol.com.br/cotidiano/2019/09/pelos-lados-e-para-o-alto-sp-cresce-60-em-area-construida-em-25-anos.shtml" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbenbio.org.br/wp-content/uploads/anais/anais_%20vii_enebio_norte_completo_2018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://periodicos.uniso.br/reu/libraryFiles/downloadPublic/38" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pla.emnuvens.com.br/editora/catalog/view/54/38/148" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/assets/docs/publicacoes/publicacoes-eventos/anais-da-maac/edicoes/anais-maac-II.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Amarelo">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -10800,81 +10574,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD5B030F-0BE8-4F68-9928-303B6F9779F2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8BF5C692-D0CD-4310-B053-F46D7B3E83AF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>3302</Words>
-  <Characters>17831</Characters>
+  <Words>3301</Words>
+  <Characters>17827</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>148</Lines>
   <Paragraphs>42</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21091</CharactersWithSpaces>
+  <CharactersWithSpaces>21086</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sandra Ferreira Sarubo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>