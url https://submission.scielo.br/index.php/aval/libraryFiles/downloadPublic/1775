--- v1 (2025-10-27)
+++ v2 (2025-11-17)
@@ -1,44 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="0D60363B" w14:textId="187D2217" w:rsidR="00615546" w:rsidRPr="00462005" w:rsidRDefault="00851572" w:rsidP="00851572">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
@@ -247,151 +249,94 @@
       </w:r>
       <w:r w:rsidR="00D36C3E">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">                     </w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="00462005">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>[Título da seção]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F0D253D" w14:textId="33F4B1B7" w:rsidR="00615546" w:rsidRPr="00EF2CE0" w:rsidRDefault="00615546" w:rsidP="00D00030">
+    <w:p w14:paraId="3F0D253D" w14:textId="3898862F" w:rsidR="00615546" w:rsidRPr="00EF2CE0" w:rsidRDefault="00615546" w:rsidP="00D00030">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="480" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF2CE0">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">DOI: </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...76 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="001A69DD" w:rsidRPr="008A200D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>http://dx.doi.org/10.1590/1982-57652026v31id</w:t>
+        </w:r>
+        <w:r w:rsidR="001A69DD" w:rsidRPr="008A200D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:highlight w:val="yellow"/>
+          </w:rPr>
+          <w:t>0000</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidRPr="00EF2CE0">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="765A6AA6" w14:textId="413C17C7" w:rsidR="00615546" w:rsidRPr="003312AD" w:rsidRDefault="00EF2CE0" w:rsidP="00D36C3E">
       <w:pPr>
         <w:pStyle w:val="TITULO"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF2CE0">
         <w:rPr>
           <w:rStyle w:val="TITULOChar"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>TÍTULO</w:t>
@@ -644,136 +589,136 @@
       </w:r>
       <w:r w:rsidR="00431BA0" w:rsidRPr="0067386B">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NÃO IDENTIFICAR AUTORIA</w:t>
       </w:r>
       <w:r w:rsidR="00431BA0">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AD9D66A" w14:textId="77777777" w:rsidR="00534D79" w:rsidRDefault="00534D79" w:rsidP="00534D79">
       <w:pPr>
         <w:pStyle w:val="AUTOR"/>
         <w:spacing w:afterLines="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Orcid: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="000B264D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0000-0000</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B416C26" w14:textId="3484FD08" w:rsidR="00534D79" w:rsidRDefault="00534D79" w:rsidP="00534D79">
       <w:pPr>
         <w:pStyle w:val="AUTOR"/>
         <w:spacing w:afterLines="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="000B264D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>email@email.com.br</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7738B409" w14:textId="71D80113" w:rsidR="00F8122C" w:rsidRPr="00534D79" w:rsidRDefault="00F8122C" w:rsidP="00534D79">
       <w:pPr>
         <w:pStyle w:val="AUTOR"/>
         <w:spacing w:beforeLines="100" w:before="240" w:afterLines="0" w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534D79">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Autor</w:t>
       </w:r>
       <w:r w:rsidR="00623A02" w:rsidRPr="00534D79">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:b/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="00534D79">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6404A323" w14:textId="77777777" w:rsidR="00534D79" w:rsidRDefault="00534D79" w:rsidP="00534D79">
       <w:pPr>
         <w:pStyle w:val="AUTOR"/>
         <w:spacing w:afterLines="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Orcid: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="000B264D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0000-0000</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20F35C5E" w14:textId="77777777" w:rsidR="00534D79" w:rsidRDefault="00534D79" w:rsidP="0059741A">
       <w:pPr>
         <w:pStyle w:val="AUTOR"/>
         <w:spacing w:afterLines="100" w:after="240"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="000B264D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>email@email.com.br</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3EB3C6DB" w14:textId="77777777" w:rsidR="00F8122C" w:rsidRPr="00527D86" w:rsidRDefault="00F8122C" w:rsidP="00C06393">
       <w:pPr>
         <w:pStyle w:val="RESUMO"/>
         <w:spacing w:afterLines="100" w:after="240"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD2FCD">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Resumo</w:t>
       </w:r>
       <w:r w:rsidRPr="005B2858">
@@ -866,178 +811,178 @@
     <w:p w14:paraId="28431F7E" w14:textId="577B4644" w:rsidR="00615546" w:rsidRPr="00C431F2" w:rsidRDefault="00615546" w:rsidP="00D00030">
       <w:pPr>
         <w:pStyle w:val="RESUMO"/>
         <w:spacing w:afterLines="100" w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00C431F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Abstract</w:t>
       </w:r>
       <w:r w:rsidRPr="005B2858">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C431F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk135072291"/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk135072291"/>
       <w:r w:rsidRPr="00F351CC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Versão do resumo em inglês, seguindo orientações do resumo em português. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="321BF253" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00C431F2" w:rsidRDefault="00615546" w:rsidP="00D00030">
       <w:pPr>
         <w:pStyle w:val="PALAVRAS-CHAVE"/>
         <w:spacing w:after="240"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk135074359"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk135074359"/>
       <w:r w:rsidRPr="00C431F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
       <w:r w:rsidRPr="005B2858">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C431F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F351CC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>até 3; apresentadas em letras minúsculas; com exceção dos Nomes Próprios; Nomes Científicos; Siglas; separadas entre si por ponto e vírgula; finalizadas por ponto final.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="752C33EA" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00C431F2" w:rsidRDefault="00615546" w:rsidP="00D00030">
       <w:pPr>
         <w:pStyle w:val="RESUMO"/>
         <w:spacing w:afterLines="100" w:after="240"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Int_EULs9HPM"/>
+      <w:bookmarkStart w:id="2" w:name="_Int_EULs9HPM"/>
       <w:r w:rsidRPr="00C431F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="005B2858">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C431F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_Hlk135072304"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk135072304"/>
       <w:r w:rsidRPr="00F351CC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Versão do resumo em espanhol, seguindo as orientações do resumo em português.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="3BD08913" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00F351CC" w:rsidRDefault="00615546" w:rsidP="00D00030">
       <w:pPr>
         <w:pStyle w:val="PALAVRAS-CHAVE"/>
         <w:spacing w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00462005">
         <w:t>Palabras clave</w:t>
       </w:r>
       <w:r w:rsidRPr="005B2858">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00462005">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_Hlk135074383"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk135074383"/>
       <w:r w:rsidRPr="00F351CC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>até 3; apresentadas em letras minúsculas; com exceção dos Nomes Próprios; Nomes Científicos; Siglas; separadas entre si por ponto e vírgula; finalizadas por ponto final.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="4A277B7D" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00C431F2" w:rsidRDefault="00615546" w:rsidP="00F351CC">
       <w:pPr>
         <w:pStyle w:val="PALAVRAS-CHAVE"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C431F2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="67B93F3A" w14:textId="441BABD0" w:rsidR="00615546" w:rsidRDefault="00F351CC" w:rsidP="006E619C">
       <w:pPr>
         <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Hlk135073039"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk135073039"/>
       <w:r w:rsidRPr="00A22F28">
         <w:rPr>
           <w:rStyle w:val="Ttulo1Char"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>1 ESTRUTURA DO TEXTO</w:t>
       </w:r>
       <w:r w:rsidRPr="008949A0">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="00F351CC">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
@@ -1248,51 +1193,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00A027E4">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">O arquivo deve ser submetido em Word, página A4, margens superior e esquerda de 3cm, margens inferior e direita de 2cm, fonte Segoe UI, corpo 12, espaçamento entrelinhas simples; justificado, parágrafos com entrada de 1,25 cm, </w:t>
       </w:r>
       <w:r w:rsidRPr="00A027E4">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ter no mínimo 15 páginas e máximo de 25 páginas,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A027E4">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> com título, resumo e palavras-chave em português, inglês e espanhol.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p w14:paraId="0288BFEB" w14:textId="7FD86FAB" w:rsidR="006F7786" w:rsidRPr="00FB43C4" w:rsidRDefault="006F7786" w:rsidP="00A60068">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:beforeLines="0" w:before="240" w:afterLines="0" w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB43C4">
         <w:t>1.1</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB43C4">
         <w:t>Formatação</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006F7786">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
@@ -1588,109 +1533,109 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Exemplo:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5822913B" w14:textId="69F58DEA" w:rsidR="00A71583" w:rsidRPr="00707994" w:rsidRDefault="00A71583" w:rsidP="00BD67A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71583">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A normalização do artigo deve seguir as normas de publicação da Associação Brasileira de Normas Técnicas (ABNT). A revista indica o e-book </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00A71583">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Normalização de Trabalhos Acadêmicos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A71583">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="0563C1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A71583">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> elaborado a partir das normas da ABNT, como opção de orientação para a aplicação das normas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63A67B80" w14:textId="4C0816C1" w:rsidR="005C665D" w:rsidRPr="00C13768" w:rsidRDefault="005C665D" w:rsidP="006B453A">
       <w:pPr>
         <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Hlk135072734"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk135072734"/>
       <w:r w:rsidRPr="00A22F28">
         <w:rPr>
           <w:rStyle w:val="Ttulo1Char"/>
         </w:rPr>
         <w:t>2 CITAÇÕES</w:t>
       </w:r>
       <w:r w:rsidRPr="00C431F2">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidR="006B453A" w:rsidRPr="00F351CC">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="006B453A">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">seção primária, letras maiúscula, negrito; fonte Segoe UI, tamanho 12, </w:t>
       </w:r>
       <w:r w:rsidR="006B453A" w:rsidRPr="00F351CC">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
@@ -1736,51 +1681,50 @@
       </w:r>
       <w:r w:rsidR="006B453A">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, alinhado à esquerda, com numeração</w:t>
       </w:r>
       <w:r w:rsidR="006B453A" w:rsidRPr="00F351CC">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F174735" w14:textId="77777777" w:rsidR="002A43F0" w:rsidRDefault="002A43F0" w:rsidP="00F86512">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="003467E2">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">As citações diretas </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">e indiretas devem </w:t>
       </w:r>
       <w:r w:rsidRPr="003467E2">
         <w:t>ser inseridas no texto padronizada conforme normas ABNT NBR 10520</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B138FB9" w14:textId="77777777" w:rsidR="002A43F0" w:rsidRDefault="002A43F0" w:rsidP="00F86512">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="003467E2">
         <w:t xml:space="preserve">Optar por um dos exemplos e padronizar no texto todo: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="187D9363" w14:textId="77777777" w:rsidR="002A43F0" w:rsidRDefault="002A43F0" w:rsidP="002778E0">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
@@ -2164,51 +2108,50 @@
         </w:rPr>
         <w:t>c) um espaço 1,5 entre as linhas, antes e depois das falas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BD98089" w14:textId="4ADEB2EA" w:rsidR="00472FA7" w:rsidRPr="00472FA7" w:rsidRDefault="00472FA7" w:rsidP="00472FA7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:beforeLines="100" w:before="240" w:afterLines="100" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>d) devem aparecer entre aspas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D41D83F" w14:textId="77777777" w:rsidR="00913BD9" w:rsidRPr="004F33F0" w:rsidRDefault="00913BD9" w:rsidP="00913BD9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F33F0">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
@@ -2849,117 +2792,113 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5399FDCC" w14:textId="679E0327" w:rsidR="002A43F0" w:rsidRPr="006B453A" w:rsidRDefault="002A43F0" w:rsidP="006B453A">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:beforeLines="0" w:before="360" w:afterLines="0" w:after="240"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A22F28">
         <w:rPr>
           <w:rStyle w:val="Ttulo1Char"/>
           <w:b/>
         </w:rPr>
         <w:t>3 ILUSTRAÇÕES</w:t>
       </w:r>
       <w:r w:rsidRPr="002A43F0">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:spacing w:val="15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="_Hlk135075142"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk135075142"/>
       <w:r w:rsidR="006B453A" w:rsidRPr="006B453A">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(seção primária, letras maiúscula, negrito; fonte Segoe UI, tamanho 12, </w:t>
       </w:r>
       <w:r w:rsidR="006B453A" w:rsidRPr="006B453A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>espaçamento antes 18 e depois 12, espaçamento entre linhas simples, alinhado à esquerda, com numeração)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p w14:paraId="03BD521E" w14:textId="77777777" w:rsidR="002A43F0" w:rsidRDefault="002A43F0" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="007A2F06">
         <w:t>Qualquer tipo de ilustração deve ser precedido por sua palavra designativa (desenho, esquema, fluxograma,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2F06">
         <w:t>fotografia, gráfico, mapa, organograma, planta, quadro, retrato, figura, imagem, entre outros),</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2F06">
         <w:t>seguida de seu número de ordem de ocorrência no texto, em algarismos arábicos, de travessão e do</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2F06">
         <w:t>respectivo título.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1103E8F9" w14:textId="77777777" w:rsidR="002A43F0" w:rsidRDefault="002A43F0" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="007A2F06">
         <w:t>Imediatamente após a ilustração, deve ser indicada a fonte consultada, conforme a ABNT NBR 10520,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2F06">
-        <w:t xml:space="preserve">legenda, notas e, se houver, outras informações </w:t>
-[...3 lines deleted...]
-        <w:t>necessárias à sua compreensão. A ilustração produzida</w:t>
+        <w:t>legenda, notas e, se houver, outras informações necessárias à sua compreensão. A ilustração produzida</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2F06">
         <w:t>pelo autor, para o trabalho apresentado, deve conter na fonte esta informação: elaborado pelo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2F06">
         <w:t>próprio autor ou elaboração própria ou o próprio autor, entre outros.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="077A1D3A" w14:textId="39EA8F6B" w:rsidR="005609DA" w:rsidRDefault="002A43F0" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3050,139 +2989,139 @@
     </w:p>
     <w:p w14:paraId="3DAB7291" w14:textId="66E05989" w:rsidR="002A43F0" w:rsidRPr="00312FA9" w:rsidRDefault="002A43F0" w:rsidP="00FA2208">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00312FA9">
         <w:t xml:space="preserve">As </w:t>
       </w:r>
       <w:r w:rsidR="005609DA" w:rsidRPr="00312FA9">
         <w:t xml:space="preserve">figuras devem ser formatadas conforme o modelo abaixo: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4279CABC" w14:textId="43052606" w:rsidR="003E4B84" w:rsidRPr="00602F69" w:rsidRDefault="003E4B84" w:rsidP="00B371AE">
       <w:pPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-10"/>
           <w:kern w:val="28"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Hlk135073128"/>
-      <w:bookmarkStart w:id="10" w:name="_Hlk135075181"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk135073128"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk135075181"/>
       <w:r w:rsidRPr="00602F69">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
           <w:kern w:val="28"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Figura 1 – Identificar figuras, quadros e tabelas</w:t>
       </w:r>
       <w:r w:rsidRPr="00602F69">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> na parte superior, pelo nome específico (tipo de ilustração), numeração sequencial de acordo com a ordem que aparece no texto, travessão e título, centralizado; fonte Segoe UI, corpo 1</w:t>
       </w:r>
       <w:r w:rsidR="00CD0C90">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00602F69">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>; espaçamento 12 antes, 6 depois; entrelinhas simples</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="00602F69">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, sem ponto final</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p w14:paraId="3DA5DCD1" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00C431F2" w:rsidRDefault="00615546" w:rsidP="00B371AE">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C431F2">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0057B45D" wp14:editId="3FAEF4FB">
             <wp:extent cx="2834663" cy="1676400"/>
             <wp:effectExtent l="0" t="0" r="3810" b="0"/>
             <wp:docPr id="36" name="Imagem 36"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Imagem 9"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15">
+                    <a:blip r:embed="rId16">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2874388" cy="1699893"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -3392,51 +3331,51 @@
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="39FB2B0B" w14:textId="1433C148" w:rsidR="005609DA" w:rsidRPr="000E082A" w:rsidRDefault="005609DA" w:rsidP="005609DA">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc417547828"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc417547828"/>
       <w:r w:rsidRPr="000E082A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="000E082A" w:rsidRPr="000E082A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="000E082A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Quadros</w:t>
       </w:r>
       <w:r w:rsidR="007C61E8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A1E63" w:rsidRPr="006F7786">
@@ -3499,109 +3438,109 @@
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>com numeração)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="628939FA" w14:textId="5D8D8897" w:rsidR="003E4B84" w:rsidRPr="00312FA9" w:rsidRDefault="003E4B84" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00312FA9">
         <w:t>Os quadros devem ser formatados conforme o modelo abaixo</w:t>
       </w:r>
       <w:r w:rsidR="00FA2208">
         <w:t xml:space="preserve"> (Segoe Ui, tamanho 11, espaço simples)</w:t>
       </w:r>
       <w:r w:rsidRPr="00312FA9">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03BBFF06" w14:textId="6675C43A" w:rsidR="00615546" w:rsidRPr="006A7A8C" w:rsidRDefault="00615546" w:rsidP="00FA2208">
       <w:pPr>
         <w:pStyle w:val="TABELAETC"/>
         <w:spacing w:before="240"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Hlk135073213"/>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkStart w:id="11" w:name="_Hlk135073213"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="006A7A8C">
         <w:t>Quadro 1</w:t>
       </w:r>
       <w:r w:rsidR="003E4B84" w:rsidRPr="006A7A8C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006A7A8C">
         <w:t>-</w:t>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="_Toc6889411"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="_Toc446354439"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc6889411"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc6889530"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc6889550"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc6889984"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc446354439"/>
       <w:r w:rsidRPr="006A7A8C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidRPr="006A7A8C">
         <w:t xml:space="preserve">Tipos de interação </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1678"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="2433"/>
         <w:gridCol w:w="2551"/>
       </w:tblGrid>
       <w:tr w:rsidR="00615546" w:rsidRPr="00C431F2" w14:paraId="30B067ED" w14:textId="77777777" w:rsidTr="00FE4633">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1678" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="12"/>
+          <w:bookmarkEnd w:id="11"/>
           <w:p w14:paraId="5E3330BE" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Características interativas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4089,61 +4028,61 @@
           </w:tcPr>
           <w:p w14:paraId="0FD0829E" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Monológica</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="38E7976F" w14:textId="58EB136F" w:rsidR="00615546" w:rsidRDefault="00615546" w:rsidP="00C93BB9">
       <w:pPr>
         <w:pStyle w:val="FONTE"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Hlk135073244"/>
+      <w:bookmarkStart w:id="17" w:name="_Hlk135073244"/>
       <w:r w:rsidRPr="00522B54">
         <w:t xml:space="preserve">Fonte: Autor (ano). Quando elaborada pelo próprio autor, informar “elaboração própria”; quando for </w:t>
       </w:r>
       <w:r w:rsidR="00993DB9">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:t>adaptada informar “adaptado de” seguido da citação.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="27B74DB5" w14:textId="17B8F97D" w:rsidR="007936FA" w:rsidRPr="00D75B58" w:rsidRDefault="007936FA" w:rsidP="00D75B58">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007936FA">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3.3 Tabelas </w:t>
       </w:r>
       <w:r w:rsidR="002A1E63" w:rsidRPr="00D75B58">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
@@ -4310,51 +4249,51 @@
         <w:t xml:space="preserve">fonte Segoe UI, tamanho12, centralizada, sem </w:t>
       </w:r>
       <w:r w:rsidR="00BF32D1">
         <w:t xml:space="preserve">negrito e sem </w:t>
       </w:r>
       <w:r w:rsidR="00763525">
         <w:t>ponto final.</w:t>
       </w:r>
       <w:r w:rsidRPr="00312FA9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54A8B12C" w14:textId="71ECB6CC" w:rsidR="007C61E8" w:rsidRDefault="00615546" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00312FA9">
         <w:t>As normas de apresentação tabular do IBGE estão disponíveis para consulta no</w:t>
       </w:r>
       <w:r w:rsidRPr="002D7AF7">
         <w:t xml:space="preserve"> link: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="002D7AF7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://biblioteca.ibge.gov.br/visualizacao/livros/liv23907.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007C61E8">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22FF7705" w14:textId="08E5D850" w:rsidR="007C61E8" w:rsidRDefault="00763525" w:rsidP="00BD67A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -4385,51 +4324,51 @@
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">as orientações destacadas na tabela </w:t>
       </w:r>
       <w:r w:rsidRPr="007C61E8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>abaixo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, que está disponível no site </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:anchor="google_vignette" w:history="1">
+      <w:hyperlink r:id="rId18" w:anchor="google_vignette" w:history="1">
         <w:r w:rsidRPr="007C61E8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.normasabnt.org/tabela-nas-normas-abnt-como-inserir-tabelas/#google_vignette</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C61E8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6592BCCA" w14:textId="77777777" w:rsidR="00615546" w:rsidRDefault="00615546" w:rsidP="00615546">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
@@ -4462,51 +4401,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pt-BR"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E7BBF0B" wp14:editId="33B02A1A">
             <wp:extent cx="5760085" cy="2908300"/>
             <wp:effectExtent l="0" t="0" r="0" b="6350"/>
             <wp:docPr id="5" name="Imagem 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name="Tabela ABNT.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18" cstate="print">
+                    <a:blip r:embed="rId19" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5760085" cy="2908300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -4649,69 +4588,69 @@
     <w:p w14:paraId="76CCEBED" w14:textId="7A11BBAD" w:rsidR="00D40537" w:rsidRPr="00C147E8" w:rsidRDefault="00D40537" w:rsidP="002B5BCC">
       <w:pPr>
         <w:pStyle w:val="SUBTITULO"/>
         <w:spacing w:beforeLines="0" w:before="360" w:afterLines="0" w:after="240"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A22F28">
         <w:rPr>
           <w:rStyle w:val="Ttulo1Char"/>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:b/>
         </w:rPr>
         <w:t>5 NOTAS DE RODAPÉ</w:t>
       </w:r>
       <w:r w:rsidRPr="00C147E8">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="_Hlk135075384"/>
+      <w:bookmarkStart w:id="18" w:name="_Hlk135075384"/>
       <w:r w:rsidR="001D172E" w:rsidRPr="006B453A">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">(seção primária, letras maiúscula, negrito; fonte Segoe UI, tamanho 12, </w:t>
       </w:r>
       <w:r w:rsidR="001D172E" w:rsidRPr="006B453A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>espaçamento antes 18 e depois 12, espaçamento entre linhas simples, alinhado à esquerda, com numeração)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p w14:paraId="2E83CE65" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00FF08C6" w:rsidRDefault="00D40537" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00FF08C6">
         <w:t>Utilizar as notas de rodapé</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF08C6">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r w:rsidRPr="00FF08C6">
         <w:t xml:space="preserve"> para abordar pontos que não devem ser incluídos no texto, como: comentários; esclarecimentos (notas explicativas) e traduções. Não devem ser usadas para indicar citação ou referência.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1191D6BB" w14:textId="77777777" w:rsidR="00D40537" w:rsidRDefault="00D40537" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00FF08C6">
         <w:t>Sempre que for necessário utilizar notas de rodapé, a chamada às notas no texto é feita por números arábicos acima do texto (sobrescrito). A numeração deve ser única em todo o trabalho e em ordem crescente</w:t>
       </w:r>
       <w:r>
@@ -4778,51 +4717,51 @@
       <w:r w:rsidRPr="00C74428">
         <w:t xml:space="preserve">As siglas devem ser indicadas entre parênteses, precedidas do nome completo, quando mencionadas pela primeira vez no texto. Posteriormente, no decorrer do texto, deve-se padronizar o uso, utilizando apenas a sigla.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EC65FAC" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00C74428" w:rsidRDefault="00D40537" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00C74428">
         <w:t>Exemplo:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B512054" w14:textId="79490061" w:rsidR="00D40537" w:rsidRDefault="00D40537" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00C74428">
         <w:t>A normalização d</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">as citações e referências devem </w:t>
       </w:r>
       <w:r w:rsidRPr="00C74428">
         <w:t xml:space="preserve">seguir as normas de publicação da Associação Brasileira de Normas Técnicas (ABNT). A revista indica o e-book </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="000341DB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Verdana"/>
             <w:color w:val="C49A00" w:themeColor="accent1" w:themeShade="BF"/>
           </w:rPr>
           <w:t>Normalização de Trabalhos Acadêmicos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000341DB">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C74428">
         <w:t xml:space="preserve"> com</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> orientações para </w:t>
       </w:r>
       <w:r w:rsidRPr="00C74428">
         <w:t>aplicação das normas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00A07EE1" w14:textId="62ECE81F" w:rsidR="00825A1D" w:rsidRDefault="00825A1D" w:rsidP="00825A1D">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
@@ -4862,51 +4801,51 @@
         <w:t>se houver. S</w:t>
       </w:r>
       <w:r w:rsidRPr="00C147E8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>eção; letra maiúscula; espaçamento entrelinhas simples; centralizado)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3591D078" w14:textId="77777777" w:rsidR="00825A1D" w:rsidRDefault="00825A1D" w:rsidP="00825A1D">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12E51B2E" w14:textId="64324CAE" w:rsidR="00C147E8" w:rsidRPr="00C147E8" w:rsidRDefault="00C147E8" w:rsidP="002E3D74">
       <w:pPr>
         <w:pStyle w:val="TtuloPsTexto"/>
         <w:spacing w:beforeLines="0" w:before="480" w:afterLines="0" w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00C147E8">
         <w:t xml:space="preserve">REFERÊNCIAS </w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="_Hlk135075565"/>
+      <w:bookmarkStart w:id="19" w:name="_Hlk135075565"/>
       <w:r w:rsidR="00584191" w:rsidRPr="00584191">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(letra</w:t>
       </w:r>
       <w:r w:rsidR="009535A9">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00584191" w:rsidRPr="00584191">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> maiúscula</w:t>
       </w:r>
       <w:r w:rsidR="009535A9">
@@ -4951,51 +4890,51 @@
       </w:r>
       <w:r w:rsidR="002B5BCC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>depois 12</w:t>
       </w:r>
       <w:r w:rsidR="009535A9">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>, c</w:t>
       </w:r>
       <w:r w:rsidR="00584191" w:rsidRPr="00584191">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>entralizado)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="6D1E5563" w14:textId="391CCB36" w:rsidR="00C147E8" w:rsidRDefault="00C147E8" w:rsidP="004E4DFB">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C147E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="202122"/>
         </w:rPr>
         <w:t>Lista única</w:t>
       </w:r>
       <w:r w:rsidR="006F47C4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="202122"/>
         </w:rPr>
         <w:t>, em ordem alfabética</w:t>
       </w:r>
       <w:r w:rsidR="009535A9">
         <w:rPr>
@@ -5668,51 +5607,51 @@
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Educação beneditina e escolar</w:t>
       </w:r>
       <w:r w:rsidRPr="0088396B">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve"> o lugar do passado no presente. 2022. Tese (Doutorado em Educação) – Universidade de Sorocaba, Sorocaba, 2022. Disponível em: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00522B54">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           </w:rPr>
           <w:t>https://uniso.br/mestrado-doutorado/educacao/teses/2022/cristiane-correa.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve">Acesso em: 01 fev. 2024. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05BECEA5" w14:textId="652F4EAB" w:rsidR="00615546" w:rsidRPr="00522B54" w:rsidRDefault="00615546" w:rsidP="00615546">
       <w:pPr>
@@ -5836,51 +5775,51 @@
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Avaliação</w:t>
       </w:r>
       <w:r w:rsidRPr="00E62FE9">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Revista da Avaliação da Educação Superior, Campinas; Sorocaba, v. 27, n. 2, p. 227-247, jul. 2022. Disponível em: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00522B54">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.scielo.br/j/aval/a/rxNDLXGXR8H53YDzgrwZvGk/?format=pdf&amp;lang=pt</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Acesso em: 01 fev. 2024. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="114A1483" w14:textId="052ABA49" w:rsidR="00615546" w:rsidRPr="00522B54" w:rsidRDefault="00615546" w:rsidP="00615546">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -5940,51 +5879,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> MOSTRA DE ATIVIDADES ACADÊMICAS, 2., 2016, Sorocaba. </w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Anais </w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">[...]. Sorocaba: Uniso, 2016. p. 155-160. Tema: Inovação e transversalidade. Disponível em: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00522B54">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://uniso.br/assets/docs/publicacoes/publicacoes-eventos/anais-da-maac/edicoes/anais-maac-II.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Acesso em: 01 fev. 2024. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="716B5D94" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00522B54" w:rsidRDefault="00615546" w:rsidP="00615546">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -6024,51 +5963,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ENCONTRO NACIONAL DE ENSINO DE BIOLOGIA, 7.; ENCONTRO REGIONAL DE ENSINO DE BIOLOGIA DA REGIONAL 6 – NORTE, 1., 2018. Belém, PA. </w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Anais</w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> [...]. Belém, PA: UFPA, 2018. Tema: O que a vida tem a ensinar ao Ensino de Biologia? Disponível em: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidR="006469D3" w:rsidRPr="00522B54">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://sbenbio.org.br/wp-content/uploads/anais/anais_ vii_enebio_norte_completo_2018.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Acesso</w:t>
       </w:r>
       <w:r w:rsidR="006469D3" w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -6164,90 +6103,90 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Paulo</w:t>
       </w:r>
       <w:r w:rsidRPr="00D8417D">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> São Paulo, ano 99, n. 33.025, 3 set. 2019. Disponível em: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00522B54">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www1.folha.uol.com.br/cotidiano/2019/09/pelos-lados-e-para-o-alto-sp-cresce-60-em-area-construida-em-25-anos.shtml</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Acesso em: 01 fev. 2024.</w:t>
       </w:r>
       <w:r w:rsidR="00D8417D">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25E69257" w14:textId="77777777" w:rsidR="000B5DE5" w:rsidRDefault="000B5DE5" w:rsidP="00615546">
       <w:pPr>
         <w:pStyle w:val="CONTRIBUIO"/>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Hlk135073560"/>
+      <w:bookmarkStart w:id="20" w:name="_Hlk135073560"/>
     </w:p>
     <w:p w14:paraId="64B808B1" w14:textId="7CB4246E" w:rsidR="00615546" w:rsidRPr="00C147E8" w:rsidRDefault="00AF5AEF" w:rsidP="00615546">
       <w:pPr>
         <w:pStyle w:val="CONTRIBUIO"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00C147E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00825A1D" w:rsidRPr="00C147E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ontribuição</w:t>
       </w:r>
       <w:r w:rsidRPr="00C147E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -6344,51 +6283,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nome completo do a</w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">utor(a) 2 – </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="1F01F751" w14:textId="21FFC65A" w:rsidR="00AF5AEF" w:rsidRDefault="00AF5AEF" w:rsidP="00C147E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C693998" w14:textId="60D2E8EE" w:rsidR="00AF5AEF" w:rsidRPr="00AF5AEF" w:rsidRDefault="00AF5AEF" w:rsidP="00C147E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -6593,51 +6532,51 @@
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0081516D">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Informe uma das opões</w:t>
       </w:r>
       <w:r w:rsidR="00D600B0">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (a informada no </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidR="00D600B0" w:rsidRPr="00D600B0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Formulário de Conformidade com a Ciência Aberta</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006C26F2">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00D600B0">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -6952,54 +6891,56 @@
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(a</w:t>
       </w:r>
       <w:r w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00207848" w:rsidSect="00BD67A2">
-      <w:headerReference w:type="default" r:id="rId26"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId29"/>
+      <w:headerReference w:type="even" r:id="rId27"/>
+      <w:headerReference w:type="default" r:id="rId28"/>
+      <w:footerReference w:type="even" r:id="rId29"/>
+      <w:footerReference w:type="default" r:id="rId30"/>
+      <w:headerReference w:type="first" r:id="rId31"/>
+      <w:footerReference w:type="first" r:id="rId32"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="652" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="16C0735E" w14:textId="77777777" w:rsidR="00C91C2D" w:rsidRDefault="00C91C2D" w:rsidP="00615546">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="30F2CB0B" w14:textId="77777777" w:rsidR="00C91C2D" w:rsidRDefault="00C91C2D" w:rsidP="00615546">
       <w:pPr>
@@ -7089,51 +7030,61 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Quattrocento Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000BF" w:usb1="4000005B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="638EF48B" w14:textId="3527A275" w:rsidR="00956262" w:rsidRPr="001D6FBD" w:rsidRDefault="00DA38C2" w:rsidP="003E2EC5">
+  <w:p w14:paraId="530B3D55" w14:textId="77777777" w:rsidR="001A69DD" w:rsidRDefault="001A69DD">
+    <w:pPr>
+      <w:pStyle w:val="Rodap"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="638EF48B" w14:textId="51A84A52" w:rsidR="00956262" w:rsidRPr="001D6FBD" w:rsidRDefault="00DA38C2" w:rsidP="003E2EC5">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:before="120"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001D6FBD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62661530" wp14:editId="237D0E1A">
           <wp:simplePos x="0" y="0"/>
@@ -7176,52 +7127,104 @@
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="001D6FBD" w:rsidRPr="001D6FBD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
-      <w:t>Aval. (Campinas, Sorocaba, online), v. 30, e025000, 2025</w:t>
+      <w:t>Aval. (Campinas, Sorocaba, online), v. 3</w:t>
     </w:r>
+    <w:r w:rsidR="001A69DD">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="001D6FBD" w:rsidRPr="001D6FBD">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t>, e02</w:t>
+    </w:r>
+    <w:r w:rsidR="001A69DD">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidR="001D6FBD" w:rsidRPr="001D6FBD">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t>000, 202</w:t>
+    </w:r>
+    <w:r w:rsidR="001A69DD">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:bookmarkStart w:id="21" w:name="_GoBack"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve">                 </w:t>
     </w:r>
     <w:r w:rsidR="00F75722" w:rsidRPr="001D6FBD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:b/>
         <w:bCs/>
@@ -7394,76 +7397,76 @@
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00115680">
+        <w:r w:rsidR="001A69DD">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:noProof/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="439512D5" w14:textId="329C50AA" w:rsidR="007C58B8" w:rsidRDefault="00E36CEE" w:rsidP="00233363">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4986"/>
         <w:tab w:val="right" w:pos="9972"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Quattrocento Sans" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E36CEE">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
@@ -7874,50 +7877,60 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="202122"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Segoe UI, corpo </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB1F99">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="202122"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>10, justificada, alinhadas a partir da segunda linha da mesma nota, abaixo da primeira letra da primeira palavra.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="1DBC4FA4" w14:textId="77777777" w:rsidR="001A69DD" w:rsidRDefault="001A69DD">
+    <w:pPr>
+      <w:pStyle w:val="Cabealho"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="6C7A8EF2" w14:textId="04CF2AA3" w:rsidR="00956262" w:rsidRPr="00982D5E" w:rsidRDefault="0028134C" w:rsidP="002A43F0">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="left" w:pos="4050"/>
       </w:tabs>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1AA352CF" wp14:editId="020FFC1F">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-57150</wp:posOffset>
@@ -7966,51 +7979,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00B40C6E" w:rsidRPr="00982D5E">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="3CD56201" w14:textId="14C59876" w:rsidR="00956262" w:rsidRPr="00982D5E" w:rsidRDefault="00D36C3E" w:rsidP="00233363">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="left" w:pos="2625"/>
         <w:tab w:val="left" w:pos="2655"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BF29C22" wp14:editId="180933AB">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-57150</wp:posOffset>
@@ -8482,50 +8495,51 @@
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D27828"/>
     <w:rsid w:val="00031334"/>
     <w:rsid w:val="000813D3"/>
     <w:rsid w:val="000B5DE5"/>
     <w:rsid w:val="000D399A"/>
     <w:rsid w:val="000E082A"/>
     <w:rsid w:val="000E2267"/>
     <w:rsid w:val="000E5BFA"/>
     <w:rsid w:val="00113A4B"/>
     <w:rsid w:val="00115680"/>
     <w:rsid w:val="00122F2F"/>
     <w:rsid w:val="001234AB"/>
     <w:rsid w:val="0014091E"/>
     <w:rsid w:val="00181550"/>
     <w:rsid w:val="00194642"/>
     <w:rsid w:val="001958C9"/>
     <w:rsid w:val="00197923"/>
     <w:rsid w:val="001A5D60"/>
+    <w:rsid w:val="001A69DD"/>
     <w:rsid w:val="001B639B"/>
     <w:rsid w:val="001C435A"/>
     <w:rsid w:val="001D172E"/>
     <w:rsid w:val="001D6FBD"/>
     <w:rsid w:val="001F1C2F"/>
     <w:rsid w:val="00207848"/>
     <w:rsid w:val="002116C0"/>
     <w:rsid w:val="00215B5E"/>
     <w:rsid w:val="00224430"/>
     <w:rsid w:val="00230503"/>
     <w:rsid w:val="00233363"/>
     <w:rsid w:val="00241064"/>
     <w:rsid w:val="00241C71"/>
     <w:rsid w:val="002452F8"/>
     <w:rsid w:val="0024662C"/>
     <w:rsid w:val="0027324C"/>
     <w:rsid w:val="002778E0"/>
     <w:rsid w:val="0028134C"/>
     <w:rsid w:val="002A1E63"/>
     <w:rsid w:val="002A43F0"/>
     <w:rsid w:val="002B5BCC"/>
     <w:rsid w:val="002C37EF"/>
     <w:rsid w:val="002D7AF7"/>
     <w:rsid w:val="002E3D74"/>
     <w:rsid w:val="003125BB"/>
@@ -10251,66 +10265,66 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="723649341">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com.br" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.br/j/aval/a/rxNDLXGXR8H53YDzgrwZvGk/?format=pdf&amp;lang=pt" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normasabnt.org/tabela-nas-normas-abnt-como-inserir-tabelas/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://submission.scielo.br/index.php/aval/libraryFiles/downloadPublic/1545" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biblioteca.ibge.gov.br/visualizacao/livros/liv23907.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/mestrado-doutorado/educacao/teses/2022/cristiane-correa.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com.br" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.folha.uol.com.br/cotidiano/2019/09/pelos-lados-e-para-o-alto-sp-cresce-60-em-area-construida-em-25-anos.shtml" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbenbio.org.br/wp-content/uploads/anais/anais_%20vii_enebio_norte_completo_2018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://periodicos.uniso.br/reu/libraryFiles/downloadPublic/38" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pla.emnuvens.com.br/editora/catalog/view/54/38/148" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/assets/docs/publicacoes/publicacoes-eventos/anais-da-maac/edicoes/anais-maac-II.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normasabnt.org/tabela-nas-normas-abnt-como-inserir-tabelas/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://submission.scielo.br/index.php/aval/libraryFiles/downloadPublic/1545" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/mestrado-doutorado/educacao/teses/2022/cristiane-correa.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com.br" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biblioteca.ibge.gov.br/visualizacao/livros/liv23907.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.folha.uol.com.br/cotidiano/2019/09/pelos-lados-e-para-o-alto-sp-cresce-60-em-area-construida-em-25-anos.shtml" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://periodicos.uniso.br/reu/libraryFiles/downloadPublic/38" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbenbio.org.br/wp-content/uploads/anais/anais_%20vii_enebio_norte_completo_2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pla.emnuvens.com.br/editora/catalog/view/54/38/148" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/assets/docs/publicacoes/publicacoes-eventos/anais-da-maac/edicoes/anais-maac-II.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1590/1982-57652026v31id0000" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com.br" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.br/j/aval/a/rxNDLXGXR8H53YDzgrwZvGk/?format=pdf&amp;lang=pt" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Amarelo">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="39302A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E5DEDB"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="FFCA08"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="F8931D"/>
       </a:accent2>
@@ -10574,51 +10588,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8BF5C692-D0CD-4310-B053-F46D7B3E83AF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E68D91EE-79E0-4C3A-BEEE-8A11025064BA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
   <Words>3301</Words>
   <Characters>17827</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>148</Lines>
   <Paragraphs>42</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>