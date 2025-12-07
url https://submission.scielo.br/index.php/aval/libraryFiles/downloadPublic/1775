--- v2 (2025-11-17)
+++ v3 (2025-12-07)
@@ -249,84 +249,84 @@
       </w:r>
       <w:r w:rsidR="00D36C3E">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">                     </w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="00462005">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>[Título da seção]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F0D253D" w14:textId="3898862F" w:rsidR="00615546" w:rsidRPr="00EF2CE0" w:rsidRDefault="00615546" w:rsidP="00D00030">
+    <w:p w14:paraId="3F0D253D" w14:textId="340409BC" w:rsidR="00615546" w:rsidRPr="00EF2CE0" w:rsidRDefault="00615546" w:rsidP="00D00030">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="480" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF2CE0">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">DOI: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="001A69DD" w:rsidRPr="008A200D">
+        <w:r w:rsidR="007054A0" w:rsidRPr="00CA2574">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://dx.doi.org/10.1590/1982-57652026v31id</w:t>
         </w:r>
-        <w:r w:rsidR="001A69DD" w:rsidRPr="008A200D">
+        <w:r w:rsidR="007054A0" w:rsidRPr="00CA2574">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:t>0000</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EF2CE0">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="765A6AA6" w14:textId="413C17C7" w:rsidR="00615546" w:rsidRPr="003312AD" w:rsidRDefault="00EF2CE0" w:rsidP="00D36C3E">
       <w:pPr>
         <w:pStyle w:val="TITULO"/>
         <w:rPr>
           <w:b w:val="0"/>
@@ -335,51 +335,69 @@
       </w:pPr>
       <w:r w:rsidRPr="00EF2CE0">
         <w:rPr>
           <w:rStyle w:val="TITULOChar"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>TÍTULO</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2CE0">
         <w:t xml:space="preserve">: SUBTÍTULO (SE HOUVER) </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE38CA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">(letra maiúscula, </w:t>
       </w:r>
       <w:r w:rsidR="00CE38CA" w:rsidRPr="00CE38CA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>fonte segoe ui 12, negrito, centralizado, espaç</w:t>
+        <w:t xml:space="preserve">fonte </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE38CA" w:rsidRPr="00CE38CA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>segoe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE38CA" w:rsidRPr="00CE38CA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ui 12, negrito, centralizado, espaç</w:t>
       </w:r>
       <w:r w:rsidR="00194642">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>amento</w:t>
       </w:r>
       <w:r w:rsidR="00CE38CA" w:rsidRPr="00CE38CA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18 depois</w:t>
       </w:r>
       <w:r w:rsidR="00CE38CA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>. U</w:t>
       </w:r>
@@ -757,51 +775,67 @@
           <w:rFonts w:eastAsia="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Palavras-chave</w:t>
       </w:r>
       <w:r w:rsidRPr="00B724FA">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B724FA">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B724FA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>até 3; apresentadas em letras minúsculas; com exceção dos Nomes Próprios; Nomes Científicos; Siglas; separadas entre si por ponto e vírgula; finalizadas por ponto final.</w:t>
+        <w:t xml:space="preserve">até 3; apresentadas em letras minúsculas; com exceção dos Nomes Próprios; Nomes Científicos; Siglas; separadas entre si por ponto e vírgula; finalizadas </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B724FA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>por</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B724FA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ponto final.</w:t>
       </w:r>
       <w:r w:rsidR="00D00030">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="548A879A" w14:textId="7F9D91AE" w:rsidR="00623A02" w:rsidRDefault="00623A02" w:rsidP="00D00030">
       <w:pPr>
         <w:spacing w:afterLines="100" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -1304,68 +1338,79 @@
       <w:r w:rsidR="00FD3ECF" w:rsidRPr="00FD3ECF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">espaçamento antes </w:t>
       </w:r>
       <w:r w:rsidR="00FD3ECF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">e depois </w:t>
       </w:r>
       <w:r w:rsidR="006E619C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>12 pt</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FD3ECF">
+        <w:t xml:space="preserve">12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006E619C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00681B7F">
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FD3ECF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00681B7F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">espaçamento entre linhas simples, alinhado à esquerda, </w:t>
       </w:r>
       <w:r w:rsidR="00773699">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>com numeração</w:t>
       </w:r>
       <w:r w:rsidR="00F20D45">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A4DDF8C" w14:textId="77777777" w:rsidR="006F7786" w:rsidRDefault="006F7786" w:rsidP="00F86512">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r>
         <w:t>Conforme norma da ABNT, a formatação de um texto deve ser dividida em seções, que devem ser apresentadas da seguinte forma:</w:t>
@@ -1463,51 +1508,71 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tamanho 12, </w:t>
       </w:r>
       <w:r w:rsidR="006B453A" w:rsidRPr="00FD3ECF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">espaçamento antes </w:t>
       </w:r>
       <w:r w:rsidR="006B453A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">e depois 12 pt, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
+        <w:t xml:space="preserve">e depois 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006B453A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006B453A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
       </w:r>
       <w:r w:rsidR="006B453A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>com numeração)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="490F8216" w14:textId="77777777" w:rsidR="00A71583" w:rsidRPr="00A71583" w:rsidRDefault="00A71583" w:rsidP="00BD67A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71583">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-3"/>
@@ -1971,83 +2036,123 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tamanho 12, </w:t>
       </w:r>
       <w:r w:rsidR="006B453A" w:rsidRPr="00FD3ECF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">espaçamento antes </w:t>
       </w:r>
       <w:r w:rsidR="006B453A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">e depois 12 pt, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
+        <w:t xml:space="preserve">e depois 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006B453A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006B453A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
       </w:r>
       <w:r w:rsidR="006B453A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>com numeração)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C27753C" w14:textId="1B567C55" w:rsidR="00472FA7" w:rsidRDefault="00472FA7" w:rsidP="00BD67A2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00472FA7">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>Quando a transcrição for em parágrafo separado do texto, independente do número de linhas</w:t>
+        <w:t xml:space="preserve">Quando a transcrição for em parágrafo separado do texto, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00472FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>independente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00472FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do número de linhas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="333D6172" w14:textId="77777777" w:rsidR="00472FA7" w:rsidRDefault="00472FA7" w:rsidP="00472FA7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:beforeLines="100" w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
@@ -2413,51 +2518,71 @@
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18DFAEEF" w14:textId="6422FE5E" w:rsidR="002A43F0" w:rsidRDefault="00113A4B" w:rsidP="00BD67A2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113A4B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>Em discurso proferido por Jadir dos Santos, em 21 de março de 2019, no auditório da ABNT, foram descritos</w:t>
+        <w:t xml:space="preserve">Em discurso proferido por </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00113A4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Jadir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00113A4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dos Santos, em 21 de março de 2019, no auditório da ABNT, foram descritos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00113A4B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>os principais aspectos da cultura organizacional.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
@@ -2512,58 +2637,69 @@
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA4E9C">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>No texto:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BED8BE5" w14:textId="26B06F89" w:rsidR="00AA4E9C" w:rsidRPr="00AA4E9C" w:rsidRDefault="00AA4E9C" w:rsidP="00BD67A2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AA4E9C">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>Jadir dos Santos descreveu os principais aspectos da cultura organizacional</w:t>
+        <w:t>Jadir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA4E9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dos Santos descreveu os principais aspectos da cultura organizacional</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r w:rsidRPr="00AA4E9C">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="631CCA79" w14:textId="77777777" w:rsidR="00AA4E9C" w:rsidRPr="00AA4E9C" w:rsidRDefault="00AA4E9C" w:rsidP="00BD67A2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -2954,51 +3090,71 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tamanho 12, </w:t>
       </w:r>
       <w:r w:rsidR="004D7D43" w:rsidRPr="00FD3ECF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">espaçamento antes </w:t>
       </w:r>
       <w:r w:rsidR="004D7D43">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">e depois 12 pt, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
+        <w:t xml:space="preserve">e depois 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7D43">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7D43">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
       </w:r>
       <w:r w:rsidR="004D7D43">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>com numeração)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DAB7291" w14:textId="66E05989" w:rsidR="002A43F0" w:rsidRPr="00312FA9" w:rsidRDefault="002A43F0" w:rsidP="00FA2208">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00312FA9">
         <w:t xml:space="preserve">As </w:t>
       </w:r>
       <w:r w:rsidR="005609DA" w:rsidRPr="00312FA9">
         <w:t xml:space="preserve">figuras devem ser formatadas conforme o modelo abaixo: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4279CABC" w14:textId="43052606" w:rsidR="003E4B84" w:rsidRPr="00602F69" w:rsidRDefault="003E4B84" w:rsidP="00B371AE">
       <w:pPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="993"/>
@@ -3408,51 +3564,71 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tamanho 12, </w:t>
       </w:r>
       <w:r w:rsidR="002A1E63" w:rsidRPr="00FD3ECF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">espaçamento antes </w:t>
       </w:r>
       <w:r w:rsidR="002A1E63">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">e depois 12 pt, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
+        <w:t xml:space="preserve">e depois 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002A1E63">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002A1E63">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
       </w:r>
       <w:r w:rsidR="002A1E63">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>com numeração)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="628939FA" w14:textId="5D8D8897" w:rsidR="003E4B84" w:rsidRPr="00312FA9" w:rsidRDefault="003E4B84" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00312FA9">
         <w:t>Os quadros devem ser formatados conforme o modelo abaixo</w:t>
       </w:r>
       <w:r w:rsidR="00FA2208">
         <w:t xml:space="preserve"> (Segoe Ui, tamanho 11, espaço simples)</w:t>
       </w:r>
       <w:r w:rsidRPr="00312FA9">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03BBFF06" w14:textId="6675C43A" w:rsidR="00615546" w:rsidRPr="006A7A8C" w:rsidRDefault="00615546" w:rsidP="00FA2208">
@@ -3653,51 +3829,67 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Espaço-tempo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7819BC7F" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contexto de copresença; </w:t>
+              <w:t xml:space="preserve">Contexto de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FA2208">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>copresença</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FA2208">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E614728" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>sistema referencial espaço-temporal comum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2433" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4087,51 +4279,71 @@
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(seção secundária, letras minúsculas, negrito, </w:t>
       </w:r>
       <w:r w:rsidR="002A1E63" w:rsidRPr="00D75B58">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">fonte Segoe UI, tamanho 12, </w:t>
       </w:r>
       <w:r w:rsidR="002A1E63" w:rsidRPr="00D75B58">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">espaçamento antes e depois 12 pt, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
+        <w:t xml:space="preserve">espaçamento antes e depois 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002A1E63" w:rsidRPr="00D75B58">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002A1E63" w:rsidRPr="00D75B58">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
       </w:r>
       <w:r w:rsidR="002A1E63" w:rsidRPr="00D75B58">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>com numeração)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22FE0069" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00312FA9" w:rsidRDefault="00615546" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00312FA9">
         <w:t>As tabelas devem ser elaboradas de acordo com as normas de apresentação tabular publicada pelo Instituto Brasileiro de Geografia e Estatística - IBGE, que define a tabela como “[...] forma não discursiva de apresentar informações, das quais o dado numérico se destaca como informação central” (IBGE, 1993, p. 9).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05628714" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00312FA9" w:rsidRDefault="00615546" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00312FA9">
@@ -4193,52 +4405,61 @@
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">, letras minúsculas, </w:t>
       </w:r>
       <w:r w:rsidR="005A235A">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">sem </w:t>
       </w:r>
       <w:r w:rsidR="005A235A" w:rsidRPr="005A235A">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">negrito, fonte Segoe UI, tamanho 12, espaçamento antes e depois de </w:t>
       </w:r>
       <w:r w:rsidR="008A6348">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>12 pt</w:t>
-      </w:r>
+        <w:t xml:space="preserve">12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008A6348">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005A235A" w:rsidRPr="005A235A">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>, espaçamento entre linhas simples, alinhado à esquerda, com numeração</w:t>
       </w:r>
       <w:r w:rsidR="002116C0" w:rsidRPr="002116C0">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ABF2F5D" w14:textId="77777777" w:rsidR="007936FA" w:rsidRPr="007936FA" w:rsidRDefault="007936FA" w:rsidP="007936FA">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="733F0B7D" w14:textId="231FDB75" w:rsidR="00615546" w:rsidRPr="00312FA9" w:rsidRDefault="00615546" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
@@ -4505,106 +4726,151 @@
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D05325">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Devem ser conforme as alíneas a seguir:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D40537">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73A0CCBB" w14:textId="1D23D1AA" w:rsidR="00D40537" w:rsidRPr="00A23953" w:rsidRDefault="00D40537" w:rsidP="004C3BC1">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A23953">
-        <w:t>os diversos assuntos que não possuam título próprio, dentro de uma mesma seção, devem ser subdivididos em alíneas;</w:t>
+        <w:t>os</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A23953">
+        <w:t xml:space="preserve"> diversos assuntos que não possuam título próprio, dentro de uma mesma seção, devem ser subdivididos em alíneas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ADB1CF6" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00A23953" w:rsidRDefault="00D40537" w:rsidP="004C3BC1">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A23953">
-        <w:t>o texto que antecede as alíneas termina em dois pontos;</w:t>
+        <w:t>o</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A23953">
+        <w:t xml:space="preserve"> texto que antecede as alíneas termina em dois pontos;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42F31376" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00A23953" w:rsidRDefault="00D40537" w:rsidP="004C3BC1">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A23953">
-        <w:t>as alíneas devem ser indicadas alfabeticamente, em letra minúscula, seguida de parêntese. Utilizam-se letras dobradas, quando esgotadas as letras do alfabeto;</w:t>
+        <w:t>as</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A23953">
+        <w:t xml:space="preserve"> alíneas devem ser indicadas alfabeticamente, em letra minúscula, seguida de parêntese. Utilizam-se letras dobradas, quando esgotadas as letras do alfabeto;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="023E66B8" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00A23953" w:rsidRDefault="00D40537" w:rsidP="004C3BC1">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A23953">
-        <w:t>as letras indicativas das alíneas devem apresentar recuo em relação à margem esquerda;</w:t>
+        <w:t>as</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A23953">
+        <w:t xml:space="preserve"> letras indicativas das alíneas devem apresentar recuo em relação à margem esquerda;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EF753F2" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00A23953" w:rsidRDefault="00D40537" w:rsidP="004C3BC1">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A23953">
-        <w:t>o texto da alínea deve começar por letra minúscula e terminar em ponto-e-vírgula, exceto a última alínea que termina em ponto final;</w:t>
+        <w:t>o</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A23953">
+        <w:t xml:space="preserve"> texto da alínea deve começar por letra minúscula e terminar em ponto-e-vírgula, exceto a última alínea que termina em ponto final;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="615C401C" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00A23953" w:rsidRDefault="00D40537" w:rsidP="004C3BC1">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A23953">
-        <w:t>o texto da alínea deve terminar em dois pontos, se houver subalínea;</w:t>
+        <w:t>o</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A23953">
+        <w:t xml:space="preserve"> texto da alínea deve terminar em dois pontos, se houver </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A23953">
+        <w:t>subalínea</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A23953">
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B1450CF" w14:textId="7554F635" w:rsidR="00D40537" w:rsidRPr="00B719C4" w:rsidRDefault="00D40537" w:rsidP="00B719C4">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B719C4">
-        <w:t>a segunda e as seguintes linhas do texto da alínea começam sob a primeira letra do texto da própria alínea.</w:t>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B719C4">
+        <w:t xml:space="preserve"> segunda e as seguintes linhas do texto da alínea começam sob a primeira letra do texto da própria alínea.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76CCEBED" w14:textId="7A11BBAD" w:rsidR="00D40537" w:rsidRPr="00C147E8" w:rsidRDefault="00D40537" w:rsidP="002B5BCC">
       <w:pPr>
         <w:pStyle w:val="SUBTITULO"/>
         <w:spacing w:beforeLines="0" w:before="360" w:afterLines="0" w:after="240"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A22F28">
         <w:rPr>
           <w:rStyle w:val="Ttulo1Char"/>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:b/>
         </w:rPr>
         <w:t>5 NOTAS DE RODAPÉ</w:t>
       </w:r>
       <w:r w:rsidRPr="00C147E8">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
         </w:rPr>
@@ -4632,51 +4898,67 @@
     <w:p w14:paraId="2E83CE65" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00FF08C6" w:rsidRDefault="00D40537" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00FF08C6">
         <w:t>Utilizar as notas de rodapé</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF08C6">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r w:rsidRPr="00FF08C6">
         <w:t xml:space="preserve"> para abordar pontos que não devem ser incluídos no texto, como: comentários; esclarecimentos (notas explicativas) e traduções. Não devem ser usadas para indicar citação ou referência.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1191D6BB" w14:textId="77777777" w:rsidR="00D40537" w:rsidRDefault="00D40537" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00FF08C6">
         <w:t>Sempre que for necessário utilizar notas de rodapé, a chamada às notas no texto é feita por números arábicos acima do texto (sobrescrito). A numeração deve ser única em todo o trabalho e em ordem crescente</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, justificada à esquerda, segoe UI, tamnho 10, espaço simples. </w:t>
+        <w:t xml:space="preserve">, justificada à esquerda, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>segoe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> UI, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>tamnho</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 10, espaço simples. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24A06B89" w14:textId="4CBFD513" w:rsidR="00D40537" w:rsidRPr="00C147E8" w:rsidRDefault="00C147E8" w:rsidP="002B5BCC">
       <w:pPr>
         <w:pStyle w:val="SUBTITULO"/>
         <w:spacing w:beforeLines="0" w:before="360" w:afterLines="0" w:after="240"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B01B77">
         <w:rPr>
           <w:rStyle w:val="Ttulo1Char"/>
           <w:b/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00D40537" w:rsidRPr="00B01B77">
         <w:rPr>
           <w:rStyle w:val="Ttulo1Char"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D40537" w:rsidRPr="00B01B77">
@@ -5330,51 +5612,71 @@
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Administração da produção e operações</w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>: um enfoque estratégico na manufatura e nos serviços. Rio de Janeiro: Elsevier, 2006.</w:t>
+        <w:t xml:space="preserve">: um enfoque estratégico na manufatura e nos serviços. Rio de Janeiro: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00522B54">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Elsevier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00522B54">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 2006.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31A03543" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00522B54" w:rsidRDefault="00615546" w:rsidP="00615546">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Autoria desconhecida</w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
@@ -5495,99 +5797,131 @@
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Entre leitores</w:t>
       </w:r>
       <w:r w:rsidRPr="0088396B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> alunos, professores. Campinas: Komedi, 2001. p. 165-235. </w:t>
+        <w:t xml:space="preserve"> alunos, professores. Campinas: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00522B54">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Komedi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00522B54">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2001. p. 165-235. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AB53F72" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00522B54" w:rsidRDefault="00615546" w:rsidP="00615546">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve">BUTLER, M. Modificações pós-tradução em proteínas recombinantes. </w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:i/>
         </w:rPr>
         <w:t>In:</w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve"> MORAES, A. M.; AUGUSTO, E. F. P.; CASTILHO, L. R. </w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
         </w:rPr>
         <w:t>Tecnologia do cultivo de células animais</w:t>
       </w:r>
       <w:r w:rsidRPr="0088396B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de biofármacos a terapia gênica. São Paulo: Roca, 2007. p. 122-137.</w:t>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00522B54">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>biofármacos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00522B54">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a terapia gênica. São Paulo: Roca, 2007. p. 122-137.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="064FCB97" w14:textId="10539E95" w:rsidR="00615546" w:rsidRPr="00522B54" w:rsidRDefault="00615546" w:rsidP="00615546">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Dissertação ou Tese</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E4204CC" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00522B54" w:rsidRDefault="00615546" w:rsidP="00615546">
       <w:pPr>
         <w:pStyle w:val="Default"/>
@@ -6170,56 +6504,65 @@
       <w:pPr>
         <w:pStyle w:val="CONTRIBUIO"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00C147E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00825A1D" w:rsidRPr="00C147E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ontribuição</w:t>
       </w:r>
       <w:r w:rsidRPr="00C147E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00825A1D" w:rsidRPr="00C147E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>dos(as) autores(as)</w:t>
+        <w:t>dos(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00825A1D" w:rsidRPr="00C147E8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>as) autores(as)</w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="000E5BFA">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
         <w:rPr>
           <w:color w:val="FF0000"/>
@@ -6244,88 +6587,124 @@
         </w:rPr>
         <w:t xml:space="preserve"> de cada autor)</w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0332484B" w14:textId="6A54BFBB" w:rsidR="00615546" w:rsidRPr="00C147E8" w:rsidRDefault="006C26F2" w:rsidP="005F1EBD">
       <w:pPr>
         <w:pStyle w:val="CONT-AUTOR"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Nome completo do a</w:t>
+        <w:t xml:space="preserve">Nome completo do </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">utor(a) 1 – </w:t>
+        <w:t>utor(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) 1 – </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B0C1E7E" w14:textId="78528A4B" w:rsidR="00615546" w:rsidRDefault="006C26F2" w:rsidP="00C147E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Nome completo do a</w:t>
+        <w:t xml:space="preserve">Nome completo do </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">utor(a) 2 – </w:t>
+        <w:t>utor(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) 2 – </w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="1F01F751" w14:textId="21FFC65A" w:rsidR="00AF5AEF" w:rsidRDefault="00AF5AEF" w:rsidP="00C147E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C693998" w14:textId="60D2E8EE" w:rsidR="00AF5AEF" w:rsidRPr="00AF5AEF" w:rsidRDefault="00AF5AEF" w:rsidP="00C147E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -6571,138 +6950,168 @@
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00D600B0">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C73FD1E" w14:textId="110B3197" w:rsidR="00825A1D" w:rsidRPr="0052001D" w:rsidRDefault="00825A1D" w:rsidP="00E65A5B">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(   ) </w:t>
+        <w:t xml:space="preserve">(  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ) </w:t>
       </w:r>
       <w:r w:rsidRPr="0052001D">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Os conteúdos subjacentes ao texto da pesquisa estão </w:t>
       </w:r>
       <w:r w:rsidR="00646B0E">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>disponíveis</w:t>
       </w:r>
       <w:r w:rsidRPr="0052001D">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> no artigo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C490D96" w14:textId="77777777" w:rsidR="00646B0E" w:rsidRPr="00646B0E" w:rsidRDefault="00646B0E" w:rsidP="00646B0E">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00646B0E">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(   ) Os conjuntos de dados gerados e/ou analisados durante a pesquisa estão disponíveis em: </w:t>
+        <w:t xml:space="preserve">(  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00646B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ) Os conjuntos de dados gerados e/ou analisados durante a pesquisa estão disponíveis em: </w:t>
       </w:r>
       <w:r w:rsidRPr="00646B0E">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>inserir endereço URL</w:t>
       </w:r>
       <w:r w:rsidRPr="00646B0E">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="211F61A1" w14:textId="017B0AC3" w:rsidR="00825A1D" w:rsidRPr="0052001D" w:rsidRDefault="00825A1D" w:rsidP="00646B0E">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(   ) </w:t>
+        <w:t xml:space="preserve">(  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ) </w:t>
       </w:r>
       <w:r w:rsidRPr="0052001D">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Os dados que embasam este estudo </w:t>
       </w:r>
       <w:r w:rsidR="00646B0E">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">podem ser solicitados ao(à) autor(a), mediante justificativa, em razão de restrições de caráter </w:t>
       </w:r>
       <w:r w:rsidRPr="0052001D">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>étic</w:t>
       </w:r>
@@ -6822,100 +7231,140 @@
     </w:p>
     <w:p w14:paraId="3E61A986" w14:textId="77777777" w:rsidR="001958C9" w:rsidRPr="008A5967" w:rsidRDefault="00615546" w:rsidP="00C147E8">
       <w:pPr>
         <w:pStyle w:val="REVISO-AUTOR"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0081516D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
       <w:r w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>contato@dorevisor(a)</w:t>
+        <w:t>contato@</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0014091E">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>dorevisor(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0014091E">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>a)</w:t>
       </w:r>
       <w:r w:rsidR="005B2858" w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09665C2D" w14:textId="69F9BEE3" w:rsidR="00207848" w:rsidRDefault="001958C9" w:rsidP="0081516D">
       <w:pPr>
         <w:pStyle w:val="REVISO-AUTOR"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="0081516D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
       <w:r w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>contato@do</w:t>
+        <w:t>contato@</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0014091E">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>do</w:t>
       </w:r>
       <w:r w:rsidR="005B2858" w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>tradutor</w:t>
       </w:r>
       <w:r w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>(a</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0014091E">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00207848" w:rsidSect="00BD67A2">
       <w:headerReference w:type="even" r:id="rId27"/>
       <w:headerReference w:type="default" r:id="rId28"/>
       <w:footerReference w:type="even" r:id="rId29"/>
       <w:footerReference w:type="default" r:id="rId30"/>
       <w:headerReference w:type="first" r:id="rId31"/>
       <w:footerReference w:type="first" r:id="rId32"/>
@@ -7030,61 +7479,61 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Quattrocento Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000BF" w:usb1="4000005B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="530B3D55" w14:textId="77777777" w:rsidR="001A69DD" w:rsidRDefault="001A69DD">
+  <w:p w14:paraId="32AB6EA2" w14:textId="77777777" w:rsidR="009D1661" w:rsidRDefault="009D1661">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="638EF48B" w14:textId="51A84A52" w:rsidR="00956262" w:rsidRPr="001D6FBD" w:rsidRDefault="00DA38C2" w:rsidP="003E2EC5">
+  <w:p w14:paraId="638EF48B" w14:textId="29194CA5" w:rsidR="00956262" w:rsidRPr="001D6FBD" w:rsidRDefault="00DA38C2" w:rsidP="003E2EC5">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:before="120"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001D6FBD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62661530" wp14:editId="237D0E1A">
           <wp:simplePos x="0" y="0"/>
@@ -7129,91 +7578,101 @@
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="001D6FBD" w:rsidRPr="001D6FBD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t>Aval. (Campinas, Sorocaba, online), v. 3</w:t>
     </w:r>
-    <w:r w:rsidR="001A69DD">
+    <w:r w:rsidR="009D1661">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="001D6FBD" w:rsidRPr="001D6FBD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t>, e02</w:t>
     </w:r>
-    <w:r w:rsidR="001A69DD">
+    <w:r w:rsidR="009D1661">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="001D6FBD" w:rsidRPr="001D6FBD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
-      <w:t>000, 202</w:t>
+      <w:t xml:space="preserve">000, </w:t>
     </w:r>
-    <w:r w:rsidR="001A69DD">
+    <w:r w:rsidR="001D6FBD" w:rsidRPr="001D6FBD">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="009D1661">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:bookmarkStart w:id="21" w:name="_GoBack"/>
     <w:bookmarkEnd w:id="21"/>
     <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve">                 </w:t>
     </w:r>
     <w:r w:rsidR="00F75722" w:rsidRPr="001D6FBD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
@@ -7397,59 +7856,59 @@
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="001A69DD">
+        <w:r w:rsidR="009D1661">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:noProof/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="439512D5" w14:textId="329C50AA" w:rsidR="007C58B8" w:rsidRDefault="00E36CEE" w:rsidP="00233363">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4986"/>
         <w:tab w:val="right" w:pos="9972"/>
@@ -7507,51 +7966,59 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm flipV="1">
                     <a:off x="0" y="0"/>
                     <a:ext cx="7571105" cy="50165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="007C58B8" w:rsidRPr="00F046F4">
-      <w:t xml:space="preserve">Recebido em: | Aprovado em: | Revisado em: </w:t>
+      <w:t xml:space="preserve">Recebido em: </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidR="007C58B8" w:rsidRPr="00F046F4">
+      <w:t>| Aprovado</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidR="007C58B8" w:rsidRPr="00F046F4">
+      <w:t xml:space="preserve"> em: | Revisado em: </w:t>
     </w:r>
     <w:r w:rsidR="007C58B8" w:rsidRPr="00F046F4">
       <w:rPr>
         <w:color w:val="FF0000"/>
       </w:rPr>
       <w:t>(não preencher)</w:t>
     </w:r>
     <w:r w:rsidRPr="00E36CEE">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7872C998" w14:textId="28921EE0" w:rsidR="00956262" w:rsidRPr="00CE5183" w:rsidRDefault="00CE5183" w:rsidP="009D5CB6">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4986"/>
         <w:tab w:val="right" w:pos="9972"/>
@@ -7877,51 +8344,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="202122"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Segoe UI, corpo </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB1F99">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="202122"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>10, justificada, alinhadas a partir da segunda linha da mesma nota, abaixo da primeira letra da primeira palavra.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="1DBC4FA4" w14:textId="77777777" w:rsidR="001A69DD" w:rsidRDefault="001A69DD">
+  <w:p w14:paraId="1671F273" w14:textId="77777777" w:rsidR="009D1661" w:rsidRDefault="009D1661">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="6C7A8EF2" w14:textId="04CF2AA3" w:rsidR="00956262" w:rsidRPr="00982D5E" w:rsidRDefault="0028134C" w:rsidP="002A43F0">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="left" w:pos="4050"/>
       </w:tabs>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
@@ -8455,91 +8922,91 @@
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D27828"/>
     <w:rsid w:val="00031334"/>
     <w:rsid w:val="000813D3"/>
     <w:rsid w:val="000B5DE5"/>
     <w:rsid w:val="000D399A"/>
     <w:rsid w:val="000E082A"/>
     <w:rsid w:val="000E2267"/>
     <w:rsid w:val="000E5BFA"/>
     <w:rsid w:val="00113A4B"/>
     <w:rsid w:val="00115680"/>
     <w:rsid w:val="00122F2F"/>
     <w:rsid w:val="001234AB"/>
     <w:rsid w:val="0014091E"/>
     <w:rsid w:val="00181550"/>
     <w:rsid w:val="00194642"/>
     <w:rsid w:val="001958C9"/>
     <w:rsid w:val="00197923"/>
     <w:rsid w:val="001A5D60"/>
-    <w:rsid w:val="001A69DD"/>
     <w:rsid w:val="001B639B"/>
     <w:rsid w:val="001C435A"/>
     <w:rsid w:val="001D172E"/>
     <w:rsid w:val="001D6FBD"/>
     <w:rsid w:val="001F1C2F"/>
     <w:rsid w:val="00207848"/>
     <w:rsid w:val="002116C0"/>
     <w:rsid w:val="00215B5E"/>
     <w:rsid w:val="00224430"/>
     <w:rsid w:val="00230503"/>
     <w:rsid w:val="00233363"/>
     <w:rsid w:val="00241064"/>
     <w:rsid w:val="00241C71"/>
     <w:rsid w:val="002452F8"/>
     <w:rsid w:val="0024662C"/>
     <w:rsid w:val="0027324C"/>
     <w:rsid w:val="002778E0"/>
     <w:rsid w:val="0028134C"/>
     <w:rsid w:val="002A1E63"/>
     <w:rsid w:val="002A43F0"/>
     <w:rsid w:val="002B5BCC"/>
     <w:rsid w:val="002C37EF"/>
     <w:rsid w:val="002D7AF7"/>
     <w:rsid w:val="002E3D74"/>
     <w:rsid w:val="003125BB"/>
@@ -8585,86 +9052,88 @@
     <w:rsid w:val="00584191"/>
     <w:rsid w:val="0059741A"/>
     <w:rsid w:val="005A235A"/>
     <w:rsid w:val="005A46A9"/>
     <w:rsid w:val="005B2233"/>
     <w:rsid w:val="005B2858"/>
     <w:rsid w:val="005B46F8"/>
     <w:rsid w:val="005C0CC1"/>
     <w:rsid w:val="005C665D"/>
     <w:rsid w:val="005F1EBD"/>
     <w:rsid w:val="00602F69"/>
     <w:rsid w:val="00615546"/>
     <w:rsid w:val="00623A02"/>
     <w:rsid w:val="006469D3"/>
     <w:rsid w:val="00646B0E"/>
     <w:rsid w:val="00681B7F"/>
     <w:rsid w:val="006830CF"/>
     <w:rsid w:val="006A1C9E"/>
     <w:rsid w:val="006A7A8C"/>
     <w:rsid w:val="006B453A"/>
     <w:rsid w:val="006C26F2"/>
     <w:rsid w:val="006E619C"/>
     <w:rsid w:val="006E6D0D"/>
     <w:rsid w:val="006F47C4"/>
     <w:rsid w:val="006F7786"/>
+    <w:rsid w:val="007054A0"/>
     <w:rsid w:val="00707994"/>
     <w:rsid w:val="00712C00"/>
     <w:rsid w:val="007302D9"/>
     <w:rsid w:val="00763525"/>
     <w:rsid w:val="00763CF2"/>
     <w:rsid w:val="00764D9E"/>
     <w:rsid w:val="00773699"/>
     <w:rsid w:val="007936FA"/>
     <w:rsid w:val="007A1105"/>
     <w:rsid w:val="007B7177"/>
     <w:rsid w:val="007C58B8"/>
     <w:rsid w:val="007C61E8"/>
     <w:rsid w:val="007D1390"/>
     <w:rsid w:val="007E1BEC"/>
     <w:rsid w:val="008115DA"/>
     <w:rsid w:val="0081516D"/>
     <w:rsid w:val="00825A1D"/>
     <w:rsid w:val="008438B1"/>
     <w:rsid w:val="00851572"/>
     <w:rsid w:val="008533CE"/>
     <w:rsid w:val="00864DAA"/>
     <w:rsid w:val="00882C96"/>
     <w:rsid w:val="0088396B"/>
     <w:rsid w:val="008A5967"/>
     <w:rsid w:val="008A6348"/>
     <w:rsid w:val="008D1DA2"/>
     <w:rsid w:val="008E114B"/>
     <w:rsid w:val="008E398A"/>
     <w:rsid w:val="008E568A"/>
     <w:rsid w:val="00913BD9"/>
     <w:rsid w:val="00915949"/>
     <w:rsid w:val="009535A9"/>
     <w:rsid w:val="00956262"/>
     <w:rsid w:val="00970D65"/>
     <w:rsid w:val="00993DB9"/>
     <w:rsid w:val="009A2556"/>
+    <w:rsid w:val="009D1661"/>
     <w:rsid w:val="009D5CB6"/>
     <w:rsid w:val="009E771D"/>
     <w:rsid w:val="009F0E4B"/>
     <w:rsid w:val="00A027E4"/>
     <w:rsid w:val="00A07D36"/>
     <w:rsid w:val="00A101F6"/>
     <w:rsid w:val="00A22F28"/>
     <w:rsid w:val="00A401CF"/>
     <w:rsid w:val="00A60068"/>
     <w:rsid w:val="00A62FED"/>
     <w:rsid w:val="00A70EED"/>
     <w:rsid w:val="00A71583"/>
     <w:rsid w:val="00A8473E"/>
     <w:rsid w:val="00AA4E9C"/>
     <w:rsid w:val="00AA7AFC"/>
     <w:rsid w:val="00AC71D4"/>
     <w:rsid w:val="00AF5AEF"/>
     <w:rsid w:val="00B00ABC"/>
     <w:rsid w:val="00B00F7A"/>
     <w:rsid w:val="00B01B77"/>
     <w:rsid w:val="00B05067"/>
     <w:rsid w:val="00B371AE"/>
     <w:rsid w:val="00B37F4A"/>
     <w:rsid w:val="00B40C6E"/>
     <w:rsid w:val="00B669FA"/>
@@ -10588,51 +11057,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E68D91EE-79E0-4C3A-BEEE-8A11025064BA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{05EAB0EE-B132-41E9-B97E-DF7ADBC1BDD3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
   <Words>3301</Words>
   <Characters>17827</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>148</Lines>
   <Paragraphs>42</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>