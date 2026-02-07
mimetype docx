--- v3 (2025-12-07)
+++ v4 (2026-02-07)
@@ -1,46 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="0D60363B" w14:textId="187D2217" w:rsidR="00615546" w:rsidRPr="00462005" w:rsidRDefault="00851572" w:rsidP="00851572">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
@@ -335,69 +333,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00EF2CE0">
         <w:rPr>
           <w:rStyle w:val="TITULOChar"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>TÍTULO</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2CE0">
         <w:t xml:space="preserve">: SUBTÍTULO (SE HOUVER) </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE38CA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">(letra maiúscula, </w:t>
       </w:r>
       <w:r w:rsidR="00CE38CA" w:rsidRPr="00CE38CA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">fonte </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> ui 12, negrito, centralizado, espaç</w:t>
+        <w:t>fonte segoe ui 12, negrito, centralizado, espaç</w:t>
       </w:r>
       <w:r w:rsidR="00194642">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>amento</w:t>
       </w:r>
       <w:r w:rsidR="00CE38CA" w:rsidRPr="00CE38CA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18 depois</w:t>
       </w:r>
       <w:r w:rsidR="00CE38CA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>. U</w:t>
       </w:r>
@@ -775,67 +755,51 @@
           <w:rFonts w:eastAsia="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Palavras-chave</w:t>
       </w:r>
       <w:r w:rsidRPr="00B724FA">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B724FA">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B724FA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">até 3; apresentadas em letras minúsculas; com exceção dos Nomes Próprios; Nomes Científicos; Siglas; separadas entre si por ponto e vírgula; finalizadas </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> ponto final.</w:t>
+        <w:t>até 3; apresentadas em letras minúsculas; com exceção dos Nomes Próprios; Nomes Científicos; Siglas; separadas entre si por ponto e vírgula; finalizadas por ponto final.</w:t>
       </w:r>
       <w:r w:rsidR="00D00030">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="548A879A" w14:textId="7F9D91AE" w:rsidR="00623A02" w:rsidRDefault="00623A02" w:rsidP="00D00030">
       <w:pPr>
         <w:spacing w:afterLines="100" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -1746,50 +1710,51 @@
       </w:r>
       <w:r w:rsidR="006B453A">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, alinhado à esquerda, com numeração</w:t>
       </w:r>
       <w:r w:rsidR="006B453A" w:rsidRPr="00F351CC">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F174735" w14:textId="77777777" w:rsidR="002A43F0" w:rsidRDefault="002A43F0" w:rsidP="00F86512">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="003467E2">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">As citações diretas </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">e indiretas devem </w:t>
       </w:r>
       <w:r w:rsidRPr="003467E2">
         <w:t>ser inseridas no texto padronizada conforme normas ABNT NBR 10520</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B138FB9" w14:textId="77777777" w:rsidR="002A43F0" w:rsidRDefault="002A43F0" w:rsidP="00F86512">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="003467E2">
         <w:t xml:space="preserve">Optar por um dos exemplos e padronizar no texto todo: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="187D9363" w14:textId="77777777" w:rsidR="002A43F0" w:rsidRDefault="002A43F0" w:rsidP="002778E0">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
@@ -2213,50 +2178,51 @@
         </w:rPr>
         <w:t>c) um espaço 1,5 entre as linhas, antes e depois das falas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BD98089" w14:textId="4ADEB2EA" w:rsidR="00472FA7" w:rsidRPr="00472FA7" w:rsidRDefault="00472FA7" w:rsidP="00472FA7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:beforeLines="100" w:before="240" w:afterLines="100" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>d) devem aparecer entre aspas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D41D83F" w14:textId="77777777" w:rsidR="00913BD9" w:rsidRPr="004F33F0" w:rsidRDefault="00913BD9" w:rsidP="00913BD9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F33F0">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
@@ -2990,51 +2956,55 @@
       </w:r>
       <w:r w:rsidRPr="007A2F06">
         <w:t>seguida de seu número de ordem de ocorrência no texto, em algarismos arábicos, de travessão e do</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2F06">
         <w:t>respectivo título.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1103E8F9" w14:textId="77777777" w:rsidR="002A43F0" w:rsidRDefault="002A43F0" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="007A2F06">
         <w:t>Imediatamente após a ilustração, deve ser indicada a fonte consultada, conforme a ABNT NBR 10520,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2F06">
-        <w:t>legenda, notas e, se houver, outras informações necessárias à sua compreensão. A ilustração produzida</w:t>
+        <w:t xml:space="preserve">legenda, notas e, se houver, outras informações </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2F06">
+        <w:lastRenderedPageBreak/>
+        <w:t>necessárias à sua compreensão. A ilustração produzida</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2F06">
         <w:t>pelo autor, para o trabalho apresentado, deve conter na fonte esta informação: elaborado pelo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2F06">
         <w:t>próprio autor ou elaboração própria ou o próprio autor, entre outros.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="077A1D3A" w14:textId="39EA8F6B" w:rsidR="005609DA" w:rsidRDefault="002A43F0" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4898,59 +4868,51 @@
     <w:p w14:paraId="2E83CE65" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00FF08C6" w:rsidRDefault="00D40537" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00FF08C6">
         <w:t>Utilizar as notas de rodapé</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF08C6">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r w:rsidRPr="00FF08C6">
         <w:t xml:space="preserve"> para abordar pontos que não devem ser incluídos no texto, como: comentários; esclarecimentos (notas explicativas) e traduções. Não devem ser usadas para indicar citação ou referência.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1191D6BB" w14:textId="77777777" w:rsidR="00D40537" w:rsidRDefault="00D40537" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00FF08C6">
         <w:t>Sempre que for necessário utilizar notas de rodapé, a chamada às notas no texto é feita por números arábicos acima do texto (sobrescrito). A numeração deve ser única em todo o trabalho e em ordem crescente</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, justificada à esquerda, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> UI, </w:t>
+        <w:t xml:space="preserve">, justificada à esquerda, segoe UI, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>tamnho</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 10, espaço simples. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24A06B89" w14:textId="4CBFD513" w:rsidR="00D40537" w:rsidRPr="00C147E8" w:rsidRDefault="00C147E8" w:rsidP="002B5BCC">
       <w:pPr>
         <w:pStyle w:val="SUBTITULO"/>
         <w:spacing w:beforeLines="0" w:before="360" w:afterLines="0" w:after="240"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B01B77">
         <w:rPr>
           <w:rStyle w:val="Ttulo1Char"/>
           <w:b/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
@@ -6478,132 +6440,111 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Acesso em: 01 fev. 2024.</w:t>
       </w:r>
       <w:r w:rsidR="00D8417D">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25E69257" w14:textId="77777777" w:rsidR="000B5DE5" w:rsidRDefault="000B5DE5" w:rsidP="00615546">
       <w:pPr>
         <w:pStyle w:val="CONTRIBUIO"/>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Hlk135073560"/>
     </w:p>
-    <w:p w14:paraId="64B808B1" w14:textId="7CB4246E" w:rsidR="00615546" w:rsidRPr="00C147E8" w:rsidRDefault="00AF5AEF" w:rsidP="00615546">
+    <w:p w14:paraId="64B808B1" w14:textId="00A597EF" w:rsidR="00615546" w:rsidRPr="00C147E8" w:rsidRDefault="005848BC" w:rsidP="00615546">
       <w:pPr>
         <w:pStyle w:val="CONTRIBUIO"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00C147E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>C</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00825A1D" w:rsidRPr="00C147E8">
+        <w:t xml:space="preserve">CONTRIBUIÇÃO </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C147E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>ontribuição</w:t>
-      </w:r>
+        <w:t>DOS(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C147E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t>as) autores(as)</w:t>
+        <w:t xml:space="preserve">AS) AUTORES(AS) </w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
         <w:rPr>
-          <w:b/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5BFA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
         <w:rPr>
-          <w:bCs/>
-[...9 lines deleted...]
-        <w:t>e</w:t>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specificar </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5AEF">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">specificar </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> contribuição</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AF5AEF">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> de cada autor)</w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0332484B" w14:textId="6A54BFBB" w:rsidR="00615546" w:rsidRPr="00C147E8" w:rsidRDefault="006C26F2" w:rsidP="005F1EBD">
       <w:pPr>
         <w:pStyle w:val="CONT-AUTOR"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -6676,161 +6617,71 @@
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a) 2 – </w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="1F01F751" w14:textId="21FFC65A" w:rsidR="00AF5AEF" w:rsidRDefault="00AF5AEF" w:rsidP="00C147E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C693998" w14:textId="60D2E8EE" w:rsidR="00AF5AEF" w:rsidRPr="00AF5AEF" w:rsidRDefault="00AF5AEF" w:rsidP="00C147E8">
+    <w:p w14:paraId="6C693998" w14:textId="4110C0C7" w:rsidR="00AF5AEF" w:rsidRPr="00AF5AEF" w:rsidRDefault="005848BC" w:rsidP="00C147E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF5AEF">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>D</w:t>
-[...89 lines deleted...]
-        <w:t>nteresse</w:t>
+        <w:t>DECLARAÇÃO DE CONFLITO DE INTERESSE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A150CDB" w14:textId="54855652" w:rsidR="00AF5AEF" w:rsidRDefault="00AF5AEF" w:rsidP="00C147E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Os autores declaram que não há conflito de interesse com o artigo </w:t>
       </w:r>
       <w:r w:rsidR="00D67A4C">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
@@ -6858,102 +6709,120 @@
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E8E1243" w14:textId="40E598D8" w:rsidR="00825A1D" w:rsidRDefault="00825A1D" w:rsidP="00C147E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43256478" w14:textId="0FBC4392" w:rsidR="00825A1D" w:rsidRPr="00825A1D" w:rsidRDefault="00825A1D" w:rsidP="00C147E8">
+    <w:p w14:paraId="43256478" w14:textId="59EC7787" w:rsidR="00825A1D" w:rsidRPr="00825A1D" w:rsidRDefault="005848BC" w:rsidP="00C147E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00825A1D">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Disponibilidade de Dados</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4478E346" w14:textId="30A24CFC" w:rsidR="00825A1D" w:rsidRDefault="00825A1D" w:rsidP="00C147E8">
+        <w:t>DISPONIBILIDADE DE DADOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4478E346" w14:textId="47F9C2E6" w:rsidR="00825A1D" w:rsidRDefault="00825A1D" w:rsidP="00C147E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0081516D">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Informe uma das opões</w:t>
       </w:r>
       <w:r w:rsidR="00D600B0">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (a informada no </w:t>
+        <w:t xml:space="preserve"> (a</w:t>
+      </w:r>
+      <w:r w:rsidR="005848BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mesma</w:t>
+      </w:r>
+      <w:r w:rsidR="00D600B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informada no </w:t>
       </w:r>
       <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidR="00D600B0" w:rsidRPr="00D600B0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Formulário de Conformidade com a Ciência Aberta</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006C26F2">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00D600B0">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
@@ -7136,119 +7005,119 @@
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">financeiras. </w:t>
       </w:r>
       <w:r w:rsidRPr="0052001D">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DD6FC45" w14:textId="77777777" w:rsidR="00646B0E" w:rsidRPr="0052001D" w:rsidRDefault="00646B0E" w:rsidP="00825A1D">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F96AE5E" w14:textId="248DA4A8" w:rsidR="00825A1D" w:rsidRPr="0081516D" w:rsidRDefault="0081516D" w:rsidP="0081516D">
+    <w:p w14:paraId="6F96AE5E" w14:textId="3FD661B6" w:rsidR="00825A1D" w:rsidRPr="0081516D" w:rsidRDefault="0081516D" w:rsidP="0081516D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0081516D">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Após aprovação do artigo providenciar a revisão gramatical e inserir as informações abaixo:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5AC97BB6" w14:textId="068062DF" w:rsidR="00615546" w:rsidRPr="0081516D" w:rsidRDefault="005B2858" w:rsidP="0081516D">
+        <w:t>Após aprovação do artigo providenciar a revisão gramatical</w:t>
+      </w:r>
+      <w:r w:rsidR="005848BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AC97BB6" w14:textId="6A3D3484" w:rsidR="00615546" w:rsidRPr="0081516D" w:rsidRDefault="005B2858" w:rsidP="0081516D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005848BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Revisado por</w:t>
+      </w:r>
       <w:r w:rsidRPr="0081516D">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Revisado por:</w:t>
+        <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...16 lines deleted...]
-        <w:t>essoa Física ou Jurídica</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E61A986" w14:textId="77777777" w:rsidR="001958C9" w:rsidRPr="008A5967" w:rsidRDefault="00615546" w:rsidP="00C147E8">
       <w:pPr>
         <w:pStyle w:val="REVISO-AUTOR"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0081516D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
       <w:r w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
@@ -7282,51 +7151,62 @@
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09665C2D" w14:textId="69F9BEE3" w:rsidR="00207848" w:rsidRDefault="001958C9" w:rsidP="0081516D">
       <w:pPr>
         <w:pStyle w:val="REVISO-AUTOR"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="0081516D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
       <w:r w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>contato@</w:t>
+        <w:t>contato</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="0014091E">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>@</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>do</w:t>
       </w:r>
       <w:r w:rsidR="005B2858" w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>tradutor</w:t>
       </w:r>
       <w:r w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -7339,59 +7219,57 @@
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00207848" w:rsidSect="00BD67A2">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId32"/>
+    <w:sectPr w:rsidR="00207848" w:rsidSect="000B375D">
+      <w:headerReference w:type="default" r:id="rId27"/>
+      <w:footerReference w:type="default" r:id="rId28"/>
+      <w:headerReference w:type="first" r:id="rId29"/>
+      <w:footerReference w:type="first" r:id="rId30"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="652" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="16C0735E" w14:textId="77777777" w:rsidR="00C91C2D" w:rsidRDefault="00C91C2D" w:rsidP="00615546">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="30F2CB0B" w14:textId="77777777" w:rsidR="00C91C2D" w:rsidRDefault="00C91C2D" w:rsidP="00615546">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
       </w:pPr>
@@ -7432,108 +7310,97 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="Yu Gothic UI"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
-    <w:notTrueType/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial-BoldMT">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Quattrocento Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000BF" w:usb1="4000005B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="32AB6EA2" w14:textId="77777777" w:rsidR="009D1661" w:rsidRDefault="009D1661">
-[...9 lines deleted...]
-  <w:p w14:paraId="638EF48B" w14:textId="29194CA5" w:rsidR="00956262" w:rsidRPr="001D6FBD" w:rsidRDefault="00DA38C2" w:rsidP="003E2EC5">
+  <w:p w14:paraId="638EF48B" w14:textId="273AB547" w:rsidR="00956262" w:rsidRPr="001D6FBD" w:rsidRDefault="00DA38C2" w:rsidP="003E2EC5">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:before="120"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001D6FBD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62661530" wp14:editId="237D0E1A">
           <wp:simplePos x="0" y="0"/>
@@ -7616,74 +7483,62 @@
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t>, e02</w:t>
     </w:r>
     <w:r w:rsidR="009D1661">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="001D6FBD" w:rsidRPr="001D6FBD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
-      <w:t xml:space="preserve">000, </w:t>
-[...9 lines deleted...]
-      <w:t>202</w:t>
+      <w:t>000, 202</w:t>
     </w:r>
     <w:r w:rsidR="009D1661">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
-    <w:bookmarkStart w:id="21" w:name="_GoBack"/>
-    <w:bookmarkEnd w:id="21"/>
     <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve">                 </w:t>
     </w:r>
     <w:r w:rsidR="00F75722" w:rsidRPr="001D6FBD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:b/>
         <w:bCs/>
@@ -7856,76 +7711,76 @@
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009D1661">
+        <w:r w:rsidR="005848BC">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:noProof/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="439512D5" w14:textId="329C50AA" w:rsidR="007C58B8" w:rsidRDefault="00E36CEE" w:rsidP="00233363">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4986"/>
         <w:tab w:val="right" w:pos="9972"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Quattrocento Sans" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E36CEE">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
@@ -8344,60 +8199,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="202122"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Segoe UI, corpo </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB1F99">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="202122"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>10, justificada, alinhadas a partir da segunda linha da mesma nota, abaixo da primeira letra da primeira palavra.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="1671F273" w14:textId="77777777" w:rsidR="009D1661" w:rsidRDefault="009D1661">
-[...8 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="6C7A8EF2" w14:textId="04CF2AA3" w:rsidR="00956262" w:rsidRPr="00982D5E" w:rsidRDefault="0028134C" w:rsidP="002A43F0">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="left" w:pos="4050"/>
       </w:tabs>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1AA352CF" wp14:editId="020FFC1F">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-57150</wp:posOffset>
@@ -8446,51 +8291,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00B40C6E" w:rsidRPr="00982D5E">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="3CD56201" w14:textId="14C59876" w:rsidR="00956262" w:rsidRPr="00982D5E" w:rsidRDefault="00D36C3E" w:rsidP="00233363">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="left" w:pos="2625"/>
         <w:tab w:val="left" w:pos="2655"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BF29C22" wp14:editId="180933AB">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-57150</wp:posOffset>
@@ -8948,50 +8793,51 @@
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D27828"/>
     <w:rsid w:val="00031334"/>
     <w:rsid w:val="000813D3"/>
+    <w:rsid w:val="000B375D"/>
     <w:rsid w:val="000B5DE5"/>
     <w:rsid w:val="000D399A"/>
     <w:rsid w:val="000E082A"/>
     <w:rsid w:val="000E2267"/>
     <w:rsid w:val="000E5BFA"/>
     <w:rsid w:val="00113A4B"/>
     <w:rsid w:val="00115680"/>
     <w:rsid w:val="00122F2F"/>
     <w:rsid w:val="001234AB"/>
     <w:rsid w:val="0014091E"/>
     <w:rsid w:val="00181550"/>
     <w:rsid w:val="00194642"/>
     <w:rsid w:val="001958C9"/>
     <w:rsid w:val="00197923"/>
     <w:rsid w:val="001A5D60"/>
     <w:rsid w:val="001B639B"/>
     <w:rsid w:val="001C435A"/>
     <w:rsid w:val="001D172E"/>
     <w:rsid w:val="001D6FBD"/>
     <w:rsid w:val="001F1C2F"/>
     <w:rsid w:val="00207848"/>
     <w:rsid w:val="002116C0"/>
     <w:rsid w:val="00215B5E"/>
     <w:rsid w:val="00224430"/>
     <w:rsid w:val="00230503"/>
@@ -9028,50 +8874,51 @@
     <w:rsid w:val="00431BA0"/>
     <w:rsid w:val="0043460F"/>
     <w:rsid w:val="00455733"/>
     <w:rsid w:val="00462005"/>
     <w:rsid w:val="00464678"/>
     <w:rsid w:val="0047232B"/>
     <w:rsid w:val="00472FA7"/>
     <w:rsid w:val="004773E2"/>
     <w:rsid w:val="00482960"/>
     <w:rsid w:val="004C3BC1"/>
     <w:rsid w:val="004D120E"/>
     <w:rsid w:val="004D60D0"/>
     <w:rsid w:val="004D7D43"/>
     <w:rsid w:val="004E4DFB"/>
     <w:rsid w:val="004E77CE"/>
     <w:rsid w:val="004F33F0"/>
     <w:rsid w:val="00516120"/>
     <w:rsid w:val="00522B54"/>
     <w:rsid w:val="00527D86"/>
     <w:rsid w:val="00534398"/>
     <w:rsid w:val="00534D79"/>
     <w:rsid w:val="00553ECE"/>
     <w:rsid w:val="005609DA"/>
     <w:rsid w:val="005623A2"/>
     <w:rsid w:val="00584191"/>
+    <w:rsid w:val="005848BC"/>
     <w:rsid w:val="0059741A"/>
     <w:rsid w:val="005A235A"/>
     <w:rsid w:val="005A46A9"/>
     <w:rsid w:val="005B2233"/>
     <w:rsid w:val="005B2858"/>
     <w:rsid w:val="005B46F8"/>
     <w:rsid w:val="005C0CC1"/>
     <w:rsid w:val="005C665D"/>
     <w:rsid w:val="005F1EBD"/>
     <w:rsid w:val="00602F69"/>
     <w:rsid w:val="00615546"/>
     <w:rsid w:val="00623A02"/>
     <w:rsid w:val="006469D3"/>
     <w:rsid w:val="00646B0E"/>
     <w:rsid w:val="00681B7F"/>
     <w:rsid w:val="006830CF"/>
     <w:rsid w:val="006A1C9E"/>
     <w:rsid w:val="006A7A8C"/>
     <w:rsid w:val="006B453A"/>
     <w:rsid w:val="006C26F2"/>
     <w:rsid w:val="006E619C"/>
     <w:rsid w:val="006E6D0D"/>
     <w:rsid w:val="006F47C4"/>
     <w:rsid w:val="006F7786"/>
     <w:rsid w:val="007054A0"/>
@@ -10734,66 +10581,66 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="723649341">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normasabnt.org/tabela-nas-normas-abnt-como-inserir-tabelas/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://submission.scielo.br/index.php/aval/libraryFiles/downloadPublic/1545" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/mestrado-doutorado/educacao/teses/2022/cristiane-correa.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com.br" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biblioteca.ibge.gov.br/visualizacao/livros/liv23907.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.folha.uol.com.br/cotidiano/2019/09/pelos-lados-e-para-o-alto-sp-cresce-60-em-area-construida-em-25-anos.shtml" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://periodicos.uniso.br/reu/libraryFiles/downloadPublic/38" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbenbio.org.br/wp-content/uploads/anais/anais_%20vii_enebio_norte_completo_2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pla.emnuvens.com.br/editora/catalog/view/54/38/148" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/assets/docs/publicacoes/publicacoes-eventos/anais-da-maac/edicoes/anais-maac-II.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1590/1982-57652026v31id0000" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com.br" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.br/j/aval/a/rxNDLXGXR8H53YDzgrwZvGk/?format=pdf&amp;lang=pt" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normasabnt.org/tabela-nas-normas-abnt-como-inserir-tabelas/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://submission.scielo.br/index.php/aval/libraryFiles/downloadPublic/1545" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/mestrado-doutorado/educacao/teses/2022/cristiane-correa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com.br" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biblioteca.ibge.gov.br/visualizacao/livros/liv23907.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.folha.uol.com.br/cotidiano/2019/09/pelos-lados-e-para-o-alto-sp-cresce-60-em-area-construida-em-25-anos.shtml" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://periodicos.uniso.br/reu/libraryFiles/downloadPublic/38" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbenbio.org.br/wp-content/uploads/anais/anais_%20vii_enebio_norte_completo_2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pla.emnuvens.com.br/editora/catalog/view/54/38/148" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/assets/docs/publicacoes/publicacoes-eventos/anais-da-maac/edicoes/anais-maac-II.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1590/1982-57652026v31id0000" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com.br" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.br/j/aval/a/rxNDLXGXR8H53YDzgrwZvGk/?format=pdf&amp;lang=pt" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
-<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Amarelo">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="39302A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E5DEDB"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="FFCA08"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="F8931D"/>
       </a:accent2>
@@ -11057,81 +10904,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{05EAB0EE-B132-41E9-B97E-DF7ADBC1BDD3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38598847-DB96-4280-96D2-6D7360DE9363}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>3301</Words>
-  <Characters>17827</Characters>
+  <Words>3285</Words>
+  <Characters>17744</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>148</Lines>
-  <Paragraphs>42</Paragraphs>
+  <Lines>147</Lines>
+  <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21086</CharactersWithSpaces>
+  <CharactersWithSpaces>20988</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sandra Ferreira Sarubo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>