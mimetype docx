--- v4 (2026-02-07)
+++ v5 (2026-03-20)
@@ -1302,241 +1302,210 @@
       <w:r w:rsidR="00FD3ECF" w:rsidRPr="00FD3ECF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">espaçamento antes </w:t>
       </w:r>
       <w:r w:rsidR="00FD3ECF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">e depois </w:t>
       </w:r>
       <w:r w:rsidR="006E619C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">12 </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="006E619C">
+        <w:t>12 pt</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD3ECF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>pt</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00FD3ECF">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00681B7F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00681B7F">
+        <w:t xml:space="preserve">espaçamento entre linhas simples, alinhado à esquerda, </w:t>
+      </w:r>
+      <w:r w:rsidR="00773699">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>com numeração</w:t>
+      </w:r>
+      <w:r w:rsidR="00F20D45">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A4DDF8C" w14:textId="77777777" w:rsidR="006F7786" w:rsidRDefault="006F7786" w:rsidP="00F86512">
+      <w:pPr>
+        <w:pStyle w:val="TEXTO"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Conforme norma da ABNT, a formatação de um texto deve ser dividida em seções, que devem ser apresentadas da seguinte forma:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6885ADD0" w14:textId="30332D9D" w:rsidR="006F7786" w:rsidRPr="00122F2F" w:rsidRDefault="006F7786" w:rsidP="00122F2F">
+      <w:pPr>
+        <w:pStyle w:val="Alnea"/>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00122F2F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>SEÇÃO PRIMÁRIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00122F2F">
+        <w:t>: em letras maiúsculas em negrito;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B69E7FD" w14:textId="4A64497B" w:rsidR="006F7786" w:rsidRPr="00122F2F" w:rsidRDefault="006F7786" w:rsidP="00122F2F">
+      <w:pPr>
+        <w:pStyle w:val="Alnea"/>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00122F2F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Seção secundária</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00122F2F">
+        <w:t>: em letras minúsculas e negrito;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58F5D689" w14:textId="76B3162B" w:rsidR="006F7786" w:rsidRPr="00122F2F" w:rsidRDefault="006F7786" w:rsidP="00122F2F">
+      <w:pPr>
+        <w:pStyle w:val="Alnea"/>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00122F2F">
+        <w:t xml:space="preserve">Seção terciária: em letras minúsculas sem negrito; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A3428E6" w14:textId="6F23CF5F" w:rsidR="006F7786" w:rsidRDefault="006F7786" w:rsidP="00122F2F">
+      <w:pPr>
+        <w:pStyle w:val="Alnea"/>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00122F2F">
+        <w:t xml:space="preserve">Demais seções e alíneas (se houver): em letras minúsculas sem negrito. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21684035" w14:textId="77777777" w:rsidR="006B453A" w:rsidRPr="00FB43C4" w:rsidRDefault="00A71583" w:rsidP="006B453A">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:spacing w:beforeLines="0" w:before="240" w:afterLines="0" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A71583">
+        <w:t>1.2 Siglas</w:t>
+      </w:r>
+      <w:r w:rsidR="006B453A">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B453A" w:rsidRPr="006F7786">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="006B453A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">seção secundária, letras minúsculas, negrito, </w:t>
+      </w:r>
+      <w:r w:rsidR="006B453A" w:rsidRPr="00FD3ECF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fonte Segoe UI, </w:t>
+      </w:r>
+      <w:r w:rsidR="006B453A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tamanho 12, </w:t>
+      </w:r>
+      <w:r w:rsidR="006B453A" w:rsidRPr="00FD3ECF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">espaçamento entre linhas simples, alinhado à esquerda, </w:t>
-[...80 lines deleted...]
-        <w:t>1.2 Siglas</w:t>
+        <w:t xml:space="preserve">espaçamento antes </w:t>
       </w:r>
       <w:r w:rsidR="006B453A">
-        <w:rPr>
-[...40 lines deleted...]
-      <w:r w:rsidR="006B453A" w:rsidRPr="00FD3ECF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">espaçamento antes </w:t>
-[...28 lines deleted...]
-        <w:t xml:space="preserve">, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
+        <w:t xml:space="preserve">e depois 12 pt, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
       </w:r>
       <w:r w:rsidR="006B453A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>com numeração)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="490F8216" w14:textId="77777777" w:rsidR="00A71583" w:rsidRPr="00A71583" w:rsidRDefault="00A71583" w:rsidP="00BD67A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71583">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-3"/>
@@ -2001,71 +1970,51 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tamanho 12, </w:t>
       </w:r>
       <w:r w:rsidR="006B453A" w:rsidRPr="00FD3ECF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">espaçamento antes </w:t>
       </w:r>
       <w:r w:rsidR="006B453A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">e depois 12 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
+        <w:t xml:space="preserve">e depois 12 pt, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
       </w:r>
       <w:r w:rsidR="006B453A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>com numeração)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C27753C" w14:textId="1B567C55" w:rsidR="00472FA7" w:rsidRDefault="00472FA7" w:rsidP="00BD67A2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00472FA7">
@@ -2178,76 +2127,76 @@
         </w:rPr>
         <w:t>c) um espaço 1,5 entre as linhas, antes e depois das falas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BD98089" w14:textId="4ADEB2EA" w:rsidR="00472FA7" w:rsidRPr="00472FA7" w:rsidRDefault="00472FA7" w:rsidP="00472FA7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:beforeLines="100" w:before="240" w:afterLines="100" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>d) devem aparecer entre aspas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D41D83F" w14:textId="77777777" w:rsidR="00913BD9" w:rsidRPr="004F33F0" w:rsidRDefault="00913BD9" w:rsidP="00913BD9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F33F0">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>EXEMPLO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C600689" w14:textId="276E203A" w:rsidR="00913BD9" w:rsidRPr="00913BD9" w:rsidRDefault="00913BD9" w:rsidP="00BD67A2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F33F0">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>“A família é um núcleo de convivência</w:t>
@@ -2956,55 +2905,51 @@
       </w:r>
       <w:r w:rsidRPr="007A2F06">
         <w:t>seguida de seu número de ordem de ocorrência no texto, em algarismos arábicos, de travessão e do</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2F06">
         <w:t>respectivo título.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1103E8F9" w14:textId="77777777" w:rsidR="002A43F0" w:rsidRDefault="002A43F0" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="007A2F06">
         <w:t>Imediatamente após a ilustração, deve ser indicada a fonte consultada, conforme a ABNT NBR 10520,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2F06">
-        <w:t xml:space="preserve">legenda, notas e, se houver, outras informações </w:t>
-[...3 lines deleted...]
-        <w:t>necessárias à sua compreensão. A ilustração produzida</w:t>
+        <w:t>legenda, notas e, se houver, outras informações necessárias à sua compreensão. A ilustração produzida</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2F06">
         <w:t>pelo autor, para o trabalho apresentado, deve conter na fonte esta informação: elaborado pelo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2F06">
         <w:t>próprio autor ou elaboração própria ou o próprio autor, entre outros.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="077A1D3A" w14:textId="39EA8F6B" w:rsidR="005609DA" w:rsidRDefault="002A43F0" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3060,71 +3005,51 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tamanho 12, </w:t>
       </w:r>
       <w:r w:rsidR="004D7D43" w:rsidRPr="00FD3ECF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">espaçamento antes </w:t>
       </w:r>
       <w:r w:rsidR="004D7D43">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">e depois 12 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
+        <w:t xml:space="preserve">e depois 12 pt, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
       </w:r>
       <w:r w:rsidR="004D7D43">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>com numeração)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DAB7291" w14:textId="66E05989" w:rsidR="002A43F0" w:rsidRPr="00312FA9" w:rsidRDefault="002A43F0" w:rsidP="00FA2208">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00312FA9">
         <w:t xml:space="preserve">As </w:t>
       </w:r>
       <w:r w:rsidR="005609DA" w:rsidRPr="00312FA9">
         <w:t xml:space="preserve">figuras devem ser formatadas conforme o modelo abaixo: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4279CABC" w14:textId="43052606" w:rsidR="003E4B84" w:rsidRPr="00602F69" w:rsidRDefault="003E4B84" w:rsidP="00B371AE">
       <w:pPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="993"/>
@@ -3534,71 +3459,51 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tamanho 12, </w:t>
       </w:r>
       <w:r w:rsidR="002A1E63" w:rsidRPr="00FD3ECF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">espaçamento antes </w:t>
       </w:r>
       <w:r w:rsidR="002A1E63">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">e depois 12 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
+        <w:t xml:space="preserve">e depois 12 pt, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
       </w:r>
       <w:r w:rsidR="002A1E63">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>com numeração)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="628939FA" w14:textId="5D8D8897" w:rsidR="003E4B84" w:rsidRPr="00312FA9" w:rsidRDefault="003E4B84" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00312FA9">
         <w:t>Os quadros devem ser formatados conforme o modelo abaixo</w:t>
       </w:r>
       <w:r w:rsidR="00FA2208">
         <w:t xml:space="preserve"> (Segoe Ui, tamanho 11, espaço simples)</w:t>
       </w:r>
       <w:r w:rsidRPr="00312FA9">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03BBFF06" w14:textId="6675C43A" w:rsidR="00615546" w:rsidRPr="006A7A8C" w:rsidRDefault="00615546" w:rsidP="00FA2208">
@@ -4249,71 +4154,51 @@
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(seção secundária, letras minúsculas, negrito, </w:t>
       </w:r>
       <w:r w:rsidR="002A1E63" w:rsidRPr="00D75B58">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">fonte Segoe UI, tamanho 12, </w:t>
       </w:r>
       <w:r w:rsidR="002A1E63" w:rsidRPr="00D75B58">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">espaçamento antes e depois 12 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
+        <w:t xml:space="preserve">espaçamento antes e depois 12 pt, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
       </w:r>
       <w:r w:rsidR="002A1E63" w:rsidRPr="00D75B58">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>com numeração)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22FE0069" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00312FA9" w:rsidRDefault="00615546" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00312FA9">
         <w:t>As tabelas devem ser elaboradas de acordo com as normas de apresentação tabular publicada pelo Instituto Brasileiro de Geografia e Estatística - IBGE, que define a tabela como “[...] forma não discursiva de apresentar informações, das quais o dado numérico se destaca como informação central” (IBGE, 1993, p. 9).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05628714" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00312FA9" w:rsidRDefault="00615546" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00312FA9">
@@ -4375,61 +4260,52 @@
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">, letras minúsculas, </w:t>
       </w:r>
       <w:r w:rsidR="005A235A">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">sem </w:t>
       </w:r>
       <w:r w:rsidR="005A235A" w:rsidRPr="005A235A">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">negrito, fonte Segoe UI, tamanho 12, espaçamento antes e depois de </w:t>
       </w:r>
       <w:r w:rsidR="008A6348">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">12 </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>12 pt</w:t>
+      </w:r>
       <w:r w:rsidR="005A235A" w:rsidRPr="005A235A">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>, espaçamento entre linhas simples, alinhado à esquerda, com numeração</w:t>
       </w:r>
       <w:r w:rsidR="002116C0" w:rsidRPr="002116C0">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ABF2F5D" w14:textId="77777777" w:rsidR="007936FA" w:rsidRPr="007936FA" w:rsidRDefault="007936FA" w:rsidP="007936FA">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="733F0B7D" w14:textId="231FDB75" w:rsidR="00615546" w:rsidRPr="00312FA9" w:rsidRDefault="00615546" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
@@ -6440,121 +6316,104 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Acesso em: 01 fev. 2024.</w:t>
       </w:r>
       <w:r w:rsidR="00D8417D">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25E69257" w14:textId="77777777" w:rsidR="000B5DE5" w:rsidRDefault="000B5DE5" w:rsidP="00615546">
       <w:pPr>
         <w:pStyle w:val="CONTRIBUIO"/>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Hlk135073560"/>
     </w:p>
-    <w:p w14:paraId="64B808B1" w14:textId="00A597EF" w:rsidR="00615546" w:rsidRPr="00C147E8" w:rsidRDefault="005848BC" w:rsidP="00615546">
+    <w:p w14:paraId="1C6D02A3" w14:textId="0D83E79B" w:rsidR="002C7851" w:rsidRPr="002C7851" w:rsidRDefault="002C7851" w:rsidP="002C7851">
       <w:pPr>
         <w:pStyle w:val="CONTRIBUIO"/>
         <w:spacing w:before="240"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C147E8">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">CONTRIBUIÇÃO </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C147E8">
+        <w:t>DECLARAÇÃO DE CONTRIBUIÇÃO DOS(AS) AUTORES(AS)</w:t>
+      </w:r>
+      <w:r w:rsidR="005848BC" w:rsidRPr="00C147E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>DOS(</w:t>
-[...51 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C7851">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A não ser em casos de autoria única, deve constar a declaração de contribuição de cada um dos autores, preferencialmente utilizando a </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26">
+        <w:r w:rsidRPr="002C7851">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t xml:space="preserve">taxonomia </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="002C7851">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>CRediT</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002C7851">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0332484B" w14:textId="6A54BFBB" w:rsidR="00615546" w:rsidRPr="00C147E8" w:rsidRDefault="006C26F2" w:rsidP="005F1EBD">
       <w:pPr>
         <w:pStyle w:val="CONT-AUTOR"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nome completo do </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -6709,343 +6568,619 @@
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E8E1243" w14:textId="40E598D8" w:rsidR="00825A1D" w:rsidRDefault="00825A1D" w:rsidP="00C147E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43256478" w14:textId="59EC7787" w:rsidR="00825A1D" w:rsidRPr="00825A1D" w:rsidRDefault="005848BC" w:rsidP="00C147E8">
+    <w:p w14:paraId="43256478" w14:textId="625649DA" w:rsidR="00825A1D" w:rsidRPr="00825A1D" w:rsidRDefault="002C7851" w:rsidP="00C147E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00825A1D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">DECLARAÇÃO DE </w:t>
+      </w:r>
+      <w:r w:rsidR="005848BC" w:rsidRPr="00825A1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>DISPONIBILIDADE DE DADOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4478E346" w14:textId="47F9C2E6" w:rsidR="00825A1D" w:rsidRDefault="00825A1D" w:rsidP="00C147E8">
+    <w:p w14:paraId="13CB8B2D" w14:textId="0C6B15AC" w:rsidR="002C7851" w:rsidRDefault="002C7851" w:rsidP="002C7851">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0081516D">
-[...37 lines deleted...]
-        <w:r w:rsidR="00D600B0" w:rsidRPr="00D600B0">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C7851">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>nform</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C7851">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>a disponibilidade dos dados da pesquisa. Por favor, escolha uma das seguintes declarações</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C7851">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a mesma informada no </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidRPr="00D600B0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Formulário de Conformidade com a Ciência Aberta</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="006C26F2">
-[...8 lines deleted...]
-      <w:r w:rsidR="00D600B0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C73FD1E" w14:textId="110B3197" w:rsidR="00825A1D" w:rsidRPr="0052001D" w:rsidRDefault="00825A1D" w:rsidP="00E65A5B">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="6ACDCF7E" w14:textId="728B9E85" w:rsidR="002C7851" w:rsidRPr="002C7851" w:rsidRDefault="002C7851" w:rsidP="002C7851">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">(  </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...85 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> )</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C7851">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Todo o conjunto de dados de apoio aos resultados deste estudo foi disponibilizado em </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C7851">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C7851">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>nome do repositório</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C7851">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C7851">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e pode ser acessado em </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C7851">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C7851">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>URL ou de preferência o DOI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C7851">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C7851">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>. (Por favor, informe quaisquer restrições, quando aplicável).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="749E0816" w14:textId="355A4062" w:rsidR="002C7851" w:rsidRPr="002C7851" w:rsidRDefault="002C7851" w:rsidP="002C7851">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">(  </w:t>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>(  )</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C7851">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Todo o conjunto de dados de apoio aos resultados deste estudo foi publicado no próprio artigo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA922CF" w14:textId="6CF6BDDE" w:rsidR="002C7851" w:rsidRPr="002C7851" w:rsidRDefault="002C7851" w:rsidP="002C7851">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>(  )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C7851">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>odo o conjunto de dados de apoio aos resultados deste estudo foi publicado no artigo e na seção "Materiais suplementares".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CA951EB" w14:textId="6AF06F85" w:rsidR="002C7851" w:rsidRDefault="002C7851" w:rsidP="002C7851">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ) </w:t>
       </w:r>
-      <w:r w:rsidRPr="0052001D">
-[...35 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002C7851">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>O conjunto de dados de apoio aos resultados deste estudo não está disponível ao público.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24F33203" w14:textId="12F7C006" w:rsidR="002C7851" w:rsidRDefault="002C7851" w:rsidP="002C7851">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="458E5EC0" w14:textId="01F3DA4A" w:rsidR="002C7851" w:rsidRPr="002F67F5" w:rsidRDefault="002C7851" w:rsidP="002C7851">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F67F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>DECLARAÇÃO DE USO DE IA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="071CAAF8" w14:textId="64F05722" w:rsidR="002C7851" w:rsidRPr="002C7851" w:rsidRDefault="002F67F5" w:rsidP="002C7851">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Informe o </w:t>
+      </w:r>
+      <w:r w:rsidR="002C7851" w:rsidRPr="002C7851">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uso </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ou não </w:t>
+      </w:r>
+      <w:r w:rsidR="002C7851" w:rsidRPr="002C7851">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>de ferramentas de inteligência artificial (IA).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71D7A915" w14:textId="77777777" w:rsidR="002C7851" w:rsidRPr="002C7851" w:rsidRDefault="002C7851" w:rsidP="002C7851">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C7851">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Por exemplo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="797E8549" w14:textId="7FA9CFA4" w:rsidR="002C7851" w:rsidRPr="002C7851" w:rsidRDefault="002F67F5" w:rsidP="002C7851">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>(  )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00646B0E">
-[...22 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002C7851" w:rsidRPr="002C7851">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Não houve utilização de ferramentas de Inteligência Artificial.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05CC28B3" w14:textId="6D85BC6F" w:rsidR="002C7851" w:rsidRPr="002C7851" w:rsidRDefault="002F67F5" w:rsidP="002C7851">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(  ) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidR="002C7851" w:rsidRPr="002C7851">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>A ferramenta de inteligência artificial ChatGPT foi utilizada para auxiliar na revisão técnico-gramatical do texto e normalização de referências.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0309F29F" w14:textId="77777777" w:rsidR="002C7851" w:rsidRPr="002C7851" w:rsidRDefault="002C7851" w:rsidP="002C7851">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D2FE1DE" w14:textId="77777777" w:rsidR="002C7851" w:rsidRDefault="002C7851" w:rsidP="00C147E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F96AE5E" w14:textId="3FD661B6" w:rsidR="00825A1D" w:rsidRPr="0081516D" w:rsidRDefault="0081516D" w:rsidP="0081516D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0081516D">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Após aprovação do artigo providenciar a revisão gramatical</w:t>
       </w:r>
       <w:r w:rsidR="005848BC">
         <w:rPr>
@@ -7151,62 +7286,51 @@
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09665C2D" w14:textId="69F9BEE3" w:rsidR="00207848" w:rsidRDefault="001958C9" w:rsidP="0081516D">
       <w:pPr>
         <w:pStyle w:val="REVISO-AUTOR"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="0081516D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
       <w:r w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>contato</w:t>
-[...10 lines deleted...]
-        <w:t>@</w:t>
+        <w:t>contato@</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>do</w:t>
       </w:r>
       <w:r w:rsidR="005B2858" w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>tradutor</w:t>
       </w:r>
       <w:r w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -7220,54 +7344,54 @@
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="0014091E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00207848" w:rsidSect="000B375D">
-      <w:headerReference w:type="default" r:id="rId27"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId30"/>
+      <w:headerReference w:type="default" r:id="rId28"/>
+      <w:footerReference w:type="default" r:id="rId29"/>
+      <w:headerReference w:type="first" r:id="rId30"/>
+      <w:footerReference w:type="first" r:id="rId31"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="16C0735E" w14:textId="77777777" w:rsidR="00C91C2D" w:rsidRDefault="00C91C2D" w:rsidP="00615546">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="30F2CB0B" w14:textId="77777777" w:rsidR="00C91C2D" w:rsidRDefault="00C91C2D" w:rsidP="00615546">
       <w:pPr>
@@ -7283,51 +7407,51 @@
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bembo Book MT Std">
-    <w:altName w:val="Cambria"/>
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="Yu Gothic UI"/>
     <w:panose1 w:val="02020609040205080304"/>
@@ -7349,145 +7473,165 @@
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Quattrocento Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000BF" w:usb1="4000005B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="638EF48B" w14:textId="273AB547" w:rsidR="00956262" w:rsidRPr="001D6FBD" w:rsidRDefault="00DA38C2" w:rsidP="003E2EC5">
+  <w:p w14:paraId="638EF48B" w14:textId="0CAC3B2A" w:rsidR="00956262" w:rsidRPr="001D6FBD" w:rsidRDefault="00296BBB" w:rsidP="00296BBB">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8504"/>
       </w:tabs>
-      <w:spacing w:before="120"/>
-      <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="001D6FBD">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:noProof/>
+        <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62661530" wp14:editId="237D0E1A">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="333837F8" wp14:editId="67FEA212">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
-            <wp:posOffset>0</wp:posOffset>
+            <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>183515</wp:posOffset>
+            <wp:posOffset>-104140</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7571105" cy="50165"/>
-[...2 lines deleted...]
-          <wp:docPr id="4" name="Imagem 4"/>
+          <wp:extent cx="7572375" cy="45852"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="9" name="Imagem 9"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1" name=""/>
+                  <pic:cNvPr id="9" name="rodapé.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
-                  <a:xfrm flipV="1">
+                  <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7571105" cy="50165"/>
+                    <a:ext cx="7572375" cy="45852"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="001D6FBD" w:rsidRPr="001D6FBD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
-      <w:t>Aval. (Campinas, Sorocaba, online), v. 3</w:t>
+      <w:t>Aval</w:t>
+    </w:r>
+    <w:r w:rsidR="009D0B69">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t>iação: Revista da Avaliação da Educação Superior, C</w:t>
+    </w:r>
+    <w:r w:rsidR="001D6FBD" w:rsidRPr="001D6FBD">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t>ampinas, Sorocaba, v. 3</w:t>
     </w:r>
     <w:r w:rsidR="009D1661">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="001D6FBD" w:rsidRPr="001D6FBD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t>, e02</w:t>
     </w:r>
     <w:r w:rsidR="009D1661">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
@@ -7495,189 +7639,71 @@
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="001D6FBD" w:rsidRPr="001D6FBD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t>000, 202</w:t>
     </w:r>
     <w:r w:rsidR="009D1661">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
-    <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
+    <w:r w:rsidR="009D0B69">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:eastAsia="pt-BR"/>
-[...116 lines deleted...]
-        <w:szCs w:val="28"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00224430">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
-      <w:t xml:space="preserve">        </w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00516120" w:rsidRPr="00224430">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00B40C6E" w:rsidRPr="00224430">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t>|</w:t>
     </w:r>
@@ -7711,188 +7737,190 @@
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005848BC">
+        <w:r w:rsidR="002F67F5">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:noProof/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>12</w:t>
         </w:r>
         <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="439512D5" w14:textId="329C50AA" w:rsidR="007C58B8" w:rsidRDefault="00E36CEE" w:rsidP="00233363">
+  <w:p w14:paraId="439512D5" w14:textId="328C0970" w:rsidR="007C58B8" w:rsidRDefault="00296BBB" w:rsidP="00296BBB">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4986"/>
         <w:tab w:val="right" w:pos="9972"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Quattrocento Sans" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00E36CEE">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:noProof/>
+        <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E93E889" wp14:editId="0739FF45">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69038264" wp14:editId="4ACA7827">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="column">
-            <wp:posOffset>-1032510</wp:posOffset>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>9525</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>48895</wp:posOffset>
+            <wp:posOffset>-1905</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7571105" cy="50165"/>
-[...2 lines deleted...]
-          <wp:docPr id="43" name="Imagem 43"/>
+          <wp:extent cx="7639050" cy="46256"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="10" name="Imagem 10"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1" name=""/>
+                  <pic:cNvPr id="10" name="rodapé.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
-                  <a:xfrm flipV="1">
+                  <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7571105" cy="50165"/>
+                    <a:ext cx="11393245" cy="68988"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="007C58B8" w:rsidRPr="00F046F4">
       <w:t xml:space="preserve">Recebido em: </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="007C58B8" w:rsidRPr="00F046F4">
       <w:t>| Aprovado</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="007C58B8" w:rsidRPr="00F046F4">
       <w:t xml:space="preserve"> em: | Revisado em: </w:t>
     </w:r>
     <w:r w:rsidR="007C58B8" w:rsidRPr="00F046F4">
       <w:rPr>
         <w:color w:val="FF0000"/>
       </w:rPr>
       <w:t>(não preencher)</w:t>
     </w:r>
-    <w:r w:rsidRPr="00E36CEE">
+    <w:r w:rsidR="00E36CEE" w:rsidRPr="00E36CEE">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7872C998" w14:textId="28921EE0" w:rsidR="00956262" w:rsidRPr="00CE5183" w:rsidRDefault="00CE5183" w:rsidP="009D5CB6">
+  <w:p w14:paraId="7872C998" w14:textId="4802A211" w:rsidR="00956262" w:rsidRPr="00CE5183" w:rsidRDefault="00CE5183" w:rsidP="009D5CB6">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4986"/>
         <w:tab w:val="right" w:pos="9972"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00090E7D">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Quattrocento Sans" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Editor de </w:t>
@@ -8199,210 +8227,204 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="202122"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Segoe UI, corpo </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB1F99">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="202122"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>10, justificada, alinhadas a partir da segunda linha da mesma nota, abaixo da primeira letra da primeira palavra.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="6C7A8EF2" w14:textId="04CF2AA3" w:rsidR="00956262" w:rsidRPr="00982D5E" w:rsidRDefault="0028134C" w:rsidP="002A43F0">
+  <w:p w14:paraId="6C7A8EF2" w14:textId="24E5E0A7" w:rsidR="00956262" w:rsidRPr="00982D5E" w:rsidRDefault="00296BBB" w:rsidP="002A43F0">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="left" w:pos="4050"/>
       </w:tabs>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1AA352CF" wp14:editId="020FFC1F">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="795BDA4C" wp14:editId="474B7E87">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
-            <wp:posOffset>-57150</wp:posOffset>
+            <wp:posOffset>-612140</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-528320</wp:posOffset>
+            <wp:posOffset>-387985</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7620635" cy="1181100"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="8162925" cy="1104900"/>
+          <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="2" name="Imagem 2"/>
+          <wp:docPr id="8" name="Imagem 8"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="8" name="Cabeçalho_2026.png"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
+                  <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7620635" cy="1181100"/>
+                    <a:ext cx="8162925" cy="1104900"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00B40C6E" w:rsidRPr="00982D5E">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="3CD56201" w14:textId="14C59876" w:rsidR="00956262" w:rsidRPr="00982D5E" w:rsidRDefault="00D36C3E" w:rsidP="00233363">
+  <w:p w14:paraId="3CD56201" w14:textId="3A22140F" w:rsidR="00956262" w:rsidRPr="00982D5E" w:rsidRDefault="00296BBB" w:rsidP="00233363">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="left" w:pos="2625"/>
         <w:tab w:val="left" w:pos="2655"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BF29C22" wp14:editId="180933AB">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7FFE03B5" wp14:editId="4FEC9587">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
-            <wp:posOffset>-57150</wp:posOffset>
+            <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-414020</wp:posOffset>
+            <wp:posOffset>-436245</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7620635" cy="1066800"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="8105775" cy="1190625"/>
+          <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
           <wp:wrapNone/>
-          <wp:docPr id="1" name="Imagem 1"/>
+          <wp:docPr id="6" name="Imagem 6"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="6" name="Cabeçalho_2026.png"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
+                  <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7620635" cy="1066800"/>
+                    <a:ext cx="8105775" cy="1190625"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00B40C6E" w:rsidRPr="00982D5E">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00B40C6E" w:rsidRPr="00982D5E">
       <w:rPr>
         <w:sz w:val="12"/>
       </w:rPr>
       <w:tab/>
     </w:r>
@@ -8827,56 +8849,59 @@
     <w:rsid w:val="001234AB"/>
     <w:rsid w:val="0014091E"/>
     <w:rsid w:val="00181550"/>
     <w:rsid w:val="00194642"/>
     <w:rsid w:val="001958C9"/>
     <w:rsid w:val="00197923"/>
     <w:rsid w:val="001A5D60"/>
     <w:rsid w:val="001B639B"/>
     <w:rsid w:val="001C435A"/>
     <w:rsid w:val="001D172E"/>
     <w:rsid w:val="001D6FBD"/>
     <w:rsid w:val="001F1C2F"/>
     <w:rsid w:val="00207848"/>
     <w:rsid w:val="002116C0"/>
     <w:rsid w:val="00215B5E"/>
     <w:rsid w:val="00224430"/>
     <w:rsid w:val="00230503"/>
     <w:rsid w:val="00233363"/>
     <w:rsid w:val="00241064"/>
     <w:rsid w:val="00241C71"/>
     <w:rsid w:val="002452F8"/>
     <w:rsid w:val="0024662C"/>
     <w:rsid w:val="0027324C"/>
     <w:rsid w:val="002778E0"/>
     <w:rsid w:val="0028134C"/>
+    <w:rsid w:val="00296BBB"/>
     <w:rsid w:val="002A1E63"/>
     <w:rsid w:val="002A43F0"/>
     <w:rsid w:val="002B5BCC"/>
     <w:rsid w:val="002C37EF"/>
+    <w:rsid w:val="002C7851"/>
     <w:rsid w:val="002D7AF7"/>
     <w:rsid w:val="002E3D74"/>
+    <w:rsid w:val="002F67F5"/>
     <w:rsid w:val="003125BB"/>
     <w:rsid w:val="00312FA9"/>
     <w:rsid w:val="00316A35"/>
     <w:rsid w:val="003312AD"/>
     <w:rsid w:val="00335273"/>
     <w:rsid w:val="0033711B"/>
     <w:rsid w:val="003654A0"/>
     <w:rsid w:val="003843D0"/>
     <w:rsid w:val="003870E0"/>
     <w:rsid w:val="003C03BB"/>
     <w:rsid w:val="003C1AD8"/>
     <w:rsid w:val="003E2EC5"/>
     <w:rsid w:val="003E4B84"/>
     <w:rsid w:val="00400DCB"/>
     <w:rsid w:val="004067C1"/>
     <w:rsid w:val="00422D07"/>
     <w:rsid w:val="00431BA0"/>
     <w:rsid w:val="0043460F"/>
     <w:rsid w:val="00455733"/>
     <w:rsid w:val="00462005"/>
     <w:rsid w:val="00464678"/>
     <w:rsid w:val="0047232B"/>
     <w:rsid w:val="00472FA7"/>
     <w:rsid w:val="004773E2"/>
     <w:rsid w:val="00482960"/>
@@ -8936,50 +8961,51 @@
     <w:rsid w:val="007C61E8"/>
     <w:rsid w:val="007D1390"/>
     <w:rsid w:val="007E1BEC"/>
     <w:rsid w:val="008115DA"/>
     <w:rsid w:val="0081516D"/>
     <w:rsid w:val="00825A1D"/>
     <w:rsid w:val="008438B1"/>
     <w:rsid w:val="00851572"/>
     <w:rsid w:val="008533CE"/>
     <w:rsid w:val="00864DAA"/>
     <w:rsid w:val="00882C96"/>
     <w:rsid w:val="0088396B"/>
     <w:rsid w:val="008A5967"/>
     <w:rsid w:val="008A6348"/>
     <w:rsid w:val="008D1DA2"/>
     <w:rsid w:val="008E114B"/>
     <w:rsid w:val="008E398A"/>
     <w:rsid w:val="008E568A"/>
     <w:rsid w:val="00913BD9"/>
     <w:rsid w:val="00915949"/>
     <w:rsid w:val="009535A9"/>
     <w:rsid w:val="00956262"/>
     <w:rsid w:val="00970D65"/>
     <w:rsid w:val="00993DB9"/>
     <w:rsid w:val="009A2556"/>
+    <w:rsid w:val="009D0B69"/>
     <w:rsid w:val="009D1661"/>
     <w:rsid w:val="009D5CB6"/>
     <w:rsid w:val="009E771D"/>
     <w:rsid w:val="009F0E4B"/>
     <w:rsid w:val="00A027E4"/>
     <w:rsid w:val="00A07D36"/>
     <w:rsid w:val="00A101F6"/>
     <w:rsid w:val="00A22F28"/>
     <w:rsid w:val="00A401CF"/>
     <w:rsid w:val="00A60068"/>
     <w:rsid w:val="00A62FED"/>
     <w:rsid w:val="00A70EED"/>
     <w:rsid w:val="00A71583"/>
     <w:rsid w:val="00A8473E"/>
     <w:rsid w:val="00AA4E9C"/>
     <w:rsid w:val="00AA7AFC"/>
     <w:rsid w:val="00AC71D4"/>
     <w:rsid w:val="00AF5AEF"/>
     <w:rsid w:val="00B00ABC"/>
     <w:rsid w:val="00B00F7A"/>
     <w:rsid w:val="00B01B77"/>
     <w:rsid w:val="00B05067"/>
     <w:rsid w:val="00B371AE"/>
     <w:rsid w:val="00B37F4A"/>
     <w:rsid w:val="00B40C6E"/>
@@ -9002,50 +9028,51 @@
     <w:rsid w:val="00CD0C90"/>
     <w:rsid w:val="00CE38CA"/>
     <w:rsid w:val="00CE5183"/>
     <w:rsid w:val="00D00030"/>
     <w:rsid w:val="00D236EF"/>
     <w:rsid w:val="00D27828"/>
     <w:rsid w:val="00D35D57"/>
     <w:rsid w:val="00D36C3E"/>
     <w:rsid w:val="00D40537"/>
     <w:rsid w:val="00D40C10"/>
     <w:rsid w:val="00D436BF"/>
     <w:rsid w:val="00D54539"/>
     <w:rsid w:val="00D54ABA"/>
     <w:rsid w:val="00D600B0"/>
     <w:rsid w:val="00D67A4C"/>
     <w:rsid w:val="00D75B58"/>
     <w:rsid w:val="00D8417D"/>
     <w:rsid w:val="00D855DF"/>
     <w:rsid w:val="00DA38C2"/>
     <w:rsid w:val="00DB2E77"/>
     <w:rsid w:val="00DC3DEB"/>
     <w:rsid w:val="00DE35C9"/>
     <w:rsid w:val="00DF3A4F"/>
     <w:rsid w:val="00E027A4"/>
     <w:rsid w:val="00E36CEE"/>
+    <w:rsid w:val="00E41648"/>
     <w:rsid w:val="00E45B8A"/>
     <w:rsid w:val="00E62FE9"/>
     <w:rsid w:val="00E65A5B"/>
     <w:rsid w:val="00E7583E"/>
     <w:rsid w:val="00E87A3E"/>
     <w:rsid w:val="00E90E2B"/>
     <w:rsid w:val="00ED779F"/>
     <w:rsid w:val="00EF2CE0"/>
     <w:rsid w:val="00F046F4"/>
     <w:rsid w:val="00F20D45"/>
     <w:rsid w:val="00F2716F"/>
     <w:rsid w:val="00F351CC"/>
     <w:rsid w:val="00F41D39"/>
     <w:rsid w:val="00F62B8F"/>
     <w:rsid w:val="00F75722"/>
     <w:rsid w:val="00F7750C"/>
     <w:rsid w:val="00F8122C"/>
     <w:rsid w:val="00F86512"/>
     <w:rsid w:val="00FA2208"/>
     <w:rsid w:val="00FB2002"/>
     <w:rsid w:val="00FD0794"/>
     <w:rsid w:val="00FD2516"/>
     <w:rsid w:val="00FD3ECF"/>
     <w:rsid w:val="00FD533F"/>
     <w:rsid w:val="00FD538D"/>
@@ -9460,51 +9487,50 @@
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rsid w:val="00615546"/>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
@@ -10581,51 +10607,51 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="723649341">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normasabnt.org/tabela-nas-normas-abnt-como-inserir-tabelas/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://submission.scielo.br/index.php/aval/libraryFiles/downloadPublic/1545" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/mestrado-doutorado/educacao/teses/2022/cristiane-correa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com.br" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biblioteca.ibge.gov.br/visualizacao/livros/liv23907.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.folha.uol.com.br/cotidiano/2019/09/pelos-lados-e-para-o-alto-sp-cresce-60-em-area-construida-em-25-anos.shtml" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://periodicos.uniso.br/reu/libraryFiles/downloadPublic/38" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbenbio.org.br/wp-content/uploads/anais/anais_%20vii_enebio_norte_completo_2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pla.emnuvens.com.br/editora/catalog/view/54/38/148" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/assets/docs/publicacoes/publicacoes-eventos/anais-da-maac/edicoes/anais-maac-II.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1590/1982-57652026v31id0000" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com.br" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.br/j/aval/a/rxNDLXGXR8H53YDzgrwZvGk/?format=pdf&amp;lang=pt" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normasabnt.org/tabela-nas-normas-abnt-como-inserir-tabelas/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/mestrado-doutorado/educacao/teses/2022/cristiane-correa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com.br" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biblioteca.ibge.gov.br/visualizacao/livros/liv23907.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.folha.uol.com.br/cotidiano/2019/09/pelos-lados-e-para-o-alto-sp-cresce-60-em-area-construida-em-25-anos.shtml" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://periodicos.uniso.br/reu/libraryFiles/downloadPublic/38" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbenbio.org.br/wp-content/uploads/anais/anais_%20vii_enebio_norte_completo_2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pla.emnuvens.com.br/editora/catalog/view/54/38/148" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/assets/docs/publicacoes/publicacoes-eventos/anais-da-maac/edicoes/anais-maac-II.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1590/1982-57652026v31id0000" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com.br" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.br/j/aval/a/rxNDLXGXR8H53YDzgrwZvGk/?format=pdf&amp;lang=pt" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://submission.scielo.br/index.php/aval/libraryFiles/downloadPublic/1545" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Amarelo">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -10904,81 +10930,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38598847-DB96-4280-96D2-6D7360DE9363}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7BF87982-F168-43FF-9548-4F00A6AF67C5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>17744</Characters>
+  <Pages>13</Pages>
+  <Words>3405</Words>
+  <Characters>18387</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>147</Lines>
-  <Paragraphs>41</Paragraphs>
+  <Lines>153</Lines>
+  <Paragraphs>43</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20988</CharactersWithSpaces>
+  <CharactersWithSpaces>21749</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sandra Ferreira Sarubo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>